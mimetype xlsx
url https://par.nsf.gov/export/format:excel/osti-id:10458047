--- v0 (2025-11-02)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10458047</t>
   </si>
   <si>
     <t>https://doi.org/10.1002/lom3.10355</t>
   </si>
   <si>
     <t>Flaming as part of aseptic technique increases CO &lt;sub&gt;2 (g)&lt;/sub&gt; and decreases pH in freshwater culture media</t>
   </si>
   <si>
-    <t>Zepernick, Brittany N. [Department of Microbiology University of Tennessee Knoxville  Knoxville Tennessee USA] (ORCID:0000000331211225); Krausfeldt, Lauren E. [Department of Microbiology University of Tennessee Knoxville  Knoxville Tennessee USA] (ORCID:000000017405427X); Wilhelm, Steven W. [Department of Microbiology University of Tennessee Knoxville  Knoxville Tennessee USA] (ORCID:0000000162838077)</t>
+    <t>Zepernick, Brittany_N [Department of Microbiology University of Tennessee Knoxville  Knoxville Tennessee USA] (ORCID:0000000331211225); Krausfeldt, Lauren_E [Department of Microbiology University of Tennessee Knoxville  Knoxville Tennessee USA] (ORCID:000000017405427X); Wilhelm, Steven_W [Department of Microbiology University of Tennessee Knoxville  Knoxville Tennessee USA] (ORCID:0000000162838077)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-03-27T04:00:00Z</t>
   </si>
   <si>
     <t>Limnology and Oceanography: Methods</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>5</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 211-219</t>
   </si>
   <si>
     <t>1541-5856</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Aseptic technique has historically served as a fundamental practice in microbiology, helping to maintain culture purity and integrity. This technique has been widely encouraged and employed for use with cultures of heterotrophic bacteria as well as freshwater and marine algae. Yet, recent observations have suggested that these approaches may bring their own influences. We observed variations in growth among replicate experimental cyanobacterial cultures upon flaming of the culture tube opening during sample transfer and collection. Investigation revealed the pH of culture media had decreased from the initial pH established during media preparation. Flaming of sterile culture media alone confirmed a significant decrease, by as much as 1.7 pH units, and correlated with increased flaming events over time. We hypothesized that the causative factor was the introduction of carbon dioxide (CO&lt;sub&gt;2&lt;/sub&gt;) into the media. To test this hypothesis, qualitative and quantitative analyses were used to determine the primary driver of pH decline. We further assessed the direct effects of flaming and subsequent pH changes on&lt;italic&gt;Microcystis aeruginosa&lt;/italic&gt;cultures, showing flame‐driven pH changes and/or the introduction of CO&lt;sub&gt;2&lt;/sub&gt;influenced experimental results. Our observations provide a cautionary tale of how classic and well‐accepted approaches may have unintended consequences, suggesting new approaches may be necessary in research areas assessing pH or carbon‐related effects on microbial communities.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1840715</t>
   </si>
   <si>
     <t>2020</t>
+  </si>
+  <si>
+    <t>p. 211-219</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>