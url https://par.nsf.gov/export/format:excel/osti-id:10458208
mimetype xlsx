--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10458208</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.17060</t>
   </si>
   <si>
     <t>Thermodynamic assessment of BaO–Ln &lt;sub&gt;2&lt;/sub&gt; O &lt;sub&gt;3&lt;/sub&gt; (Ln = La, Pr, Eu, Gd, Er) systems</t>
   </si>
   <si>
-    <t>Gong, Weiping [Guangdong Provincial Key Laboratory of Electronic Functional Materials and Devices Huizhou University Huizhou P. R. China]; Liu, Yanzhi [Department of Chemical and Biomolecular Engineering Clarkson University Potsdam NY USA]; Xie, Yun [Guangdong Provincial Key Laboratory of Electronic Functional Materials and Devices Huizhou University Huizhou P. R. China]; Zhao, Zhenting [Guangdong Provincial Key Laboratory of Electronic Functional Materials and Devices Huizhou University Huizhou P. R. China]; Ushakov, Sergey V. [Peter A. Rock Thermochemistry Laboratory and NEAT ORU University of California Davis Davis CA USA]; Navrotsky, Alexandra [Peter A. Rock Thermochemistry Laboratory and NEAT ORU University of California Davis Davis CA USA, School of Molecular Sciences and Center for Materials of the Universe Arizona State University Tempe AZ USA] (ORCID:0000000232600364)</t>
+    <t>Gong, Weiping [Guangdong Provincial Key Laboratory of Electronic Functional Materials and Devices Huizhou University Huizhou P. R. China]; Liu, Yanzhi [Department of Chemical and Biomolecular Engineering Clarkson University Potsdam NY USA]; Xie, Yun [Guangdong Provincial Key Laboratory of Electronic Functional Materials and Devices Huizhou University Huizhou P. R. China]; Zhao, Zhenting [Guangdong Provincial Key Laboratory of Electronic Functional Materials and Devices Huizhou University Huizhou P. R. China]; Ushakov, Sergey_V [Peter A. Rock Thermochemistry Laboratory and NEAT ORU University of California Davis Davis CA USA]; Navrotsky, Alexandra [Peter A. Rock Thermochemistry Laboratory and NEAT ORU University of California Davis Davis CA USA, School of Molecular Sciences and Center for Materials of the Universe Arizona State University Tempe AZ USA] (ORCID:0000000232600364)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-02-28T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>6</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 3896-3904</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Heat capacities and enthalpies of formation of BaGd&lt;sub&gt;2&lt;/sub&gt;O&lt;sub&gt;4&lt;/sub&gt;were determined by high‐temperature differential scanning calorimetry and high‐temperature oxide melt solution calorimetry, respectively. Thermodynamic stability of BaLn&lt;sub&gt;2&lt;/sub&gt;O&lt;sub&gt;4&lt;/sub&gt;compounds increases with decreasing Ln&lt;sup&gt;3+&lt;/sup&gt;ionic radius. Previously reported data on BaNd&lt;sub&gt;2&lt;/sub&gt;O&lt;sub&gt;4&lt;/sub&gt;and BaSm&lt;sub&gt;2&lt;/sub&gt;O&lt;sub&gt;4&lt;/sub&gt;corroborate this trend. Missing data for compounds in BaO–Ln&lt;sub&gt;2&lt;/sub&gt;O&lt;sub&gt;3&lt;/sub&gt;(Ln = La, Pr, Eu, Er) systems were estimated from established relations, thermodynamic assessment was performed, and binary phase diagrams were calculated.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1835848; 2015852</t>
   </si>
   <si>
     <t>2020</t>
+  </si>
+  <si>
+    <t>p. 3896-3904</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>