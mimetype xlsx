--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10458290</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.16971</t>
   </si>
   <si>
     <t>Solid‐state synthesis of multicomponent equiatomic rare‐earth oxides</t>
   </si>
   <si>
-    <t>Pianassola, Matheus [Scintillation Materials Research Center University of Tennessee Knoxville TN USA, Department of Materials Science and Engineering University of Tennessee Knoxville TN USA] (ORCID:0000000174682794); Loveday, Madeline [Scintillation Materials Research Center University of Tennessee Knoxville TN USA, Department of Materials Science and Engineering University of Tennessee Knoxville TN USA]; McMurray, Jake W. [Oak Ridge National Laboratory Oak Ridge TN USA] (ORCID:0000000151113054); Koschan, Merry [Scintillation Materials Research Center University of Tennessee Knoxville TN USA]; Melcher, Charles L. [Scintillation Materials Research Center University of Tennessee Knoxville TN USA, Department of Materials Science and Engineering University of Tennessee Knoxville TN USA, Department of Nuclear Engineering University of Tennessee Knoxville TN USA]; Zhuravleva, Mariya [Scintillation Materials Research Center University of Tennessee Knoxville TN USA, Department of Materials Science and Engineering University of Tennessee Knoxville TN USA]</t>
+    <t>Pianassola, Matheus [Scintillation Materials Research Center University of Tennessee Knoxville TN USA, Department of Materials Science and Engineering University of Tennessee Knoxville TN USA] (ORCID:0000000174682794); Loveday, Madeline [Scintillation Materials Research Center University of Tennessee Knoxville TN USA, Department of Materials Science and Engineering University of Tennessee Knoxville TN USA]; McMurray, Jake_W [Oak Ridge National Laboratory Oak Ridge TN USA] (ORCID:0000000151113054); Koschan, Merry [Scintillation Materials Research Center University of Tennessee Knoxville TN USA]; Melcher, Charles_L [Scintillation Materials Research Center University of Tennessee Knoxville TN USA, Department of Materials Science and Engineering University of Tennessee Knoxville TN USA, Department of Nuclear Engineering University of Tennessee Knoxville TN USA]; Zhuravleva, Mariya [Scintillation Materials Research Center University of Tennessee Knoxville TN USA, Department of Materials Science and Engineering University of Tennessee Knoxville TN USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-01-07T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>4</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 2908-2918</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Phase formation in multicomponent rare‐earth oxides is determined by a combination of composition, sintering atmosphere, and cooling rate. Polycrystalline ceramics comprising various combinations of Ce, Gd, La, Nd, Pr, Sm, and Y oxides in equiatomic proportions were synthesized using solid‐state sintering. The effects of composition, sintering atmosphere, and cooling rate on phase formation were investigated. Single cubic or monoclinic structures were obtained with a slow cooling of 3.3°C/min, confirming that rare‐earth oxides follow a different structure stabilization process than transition metal high‐entropy oxides. In an oxidizing atmosphere, both Ce and Pr induce a cubic structure, while only Ce plays that role in an inert or reducing atmosphere. Samples without Ce or Pr develop a single monoclinic structure. The structures formed at initial synthesis may be converted to a different one, when the ceramics are annealed in an additional atmosphere. Phase evolution of a five‐cation composition was also studied as a function of sintering temperature. The binary oxides used as raw materials completely dissolve into a single cubic structure at 1450°C in air.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1846935</t>
   </si>
   <si>
     <t>2020</t>
+  </si>
+  <si>
+    <t>p. 2908-2918</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>