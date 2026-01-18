--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10458302</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.16979</t>
   </si>
   <si>
     <t>Modeling nonisothermal crystallization in a BaO∙2SiO &lt;sub&gt;2&lt;/sub&gt; glass</t>
   </si>
   <si>
-    <t>Van Hoesen, D. C. [Department of Physics Washington University St. Louis MO USA] (ORCID:0000000247437993); Xia, Xinsheng [Institute of Materials Science and Engineering Washington University St. Louis MO USA]; McKenzie, Matthew E. [Science and Technology Division Corning Incorporated Corning NY USA] (ORCID:000000019091118X); Kelton, K. F. [Department of Physics Washington University St. Louis MO USA, Institute of Materials Science and Engineering Washington University St. Louis MO USA] (ORCID:0000000198579791)</t>
+    <t>Van_Hoesen, D_C [Department of Physics Washington University St. Louis MO USA] (ORCID:0000000247437993); Xia, Xinsheng [Institute of Materials Science and Engineering Washington University St. Louis MO USA]; McKenzie, Matthew_E [Science and Technology Division Corning Incorporated Corning NY USA] (ORCID:000000019091118X); Kelton, K_F [Department of Physics Washington University St. Louis MO USA, Institute of Materials Science and Engineering Washington University St. Louis MO USA] (ORCID:0000000198579791)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-01-08T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>4</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 2471-2482</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;The accuracy of a differential thermal analysis (DTA) technique for predicting the temperature range of significant nucleation is examined in a BaO∙2SiO&lt;sub&gt;2&lt;/sub&gt;glass by iterative numerical calculations. The numerical model takes account of time‐dependent nucleation, finite particle size, size‐dependent crystal growth rates, and surface crystallization. The calculations were made using the classical and, for the first time, the diffuse interface theories of nucleation. The results of the calculations are in agreement with experimental measurements, demonstrating the validity of the DTA technique. They show that this is independent of the DTA scan rate used and that surface crystallization has a negligible effect for the glass particle sizes studied. A breakdown of the Stokes‐Einstein relation between viscosity and the diffusion coefficient is demonstrated for low temperatures, near the maximum nucleation rate. However, it is shown that accurate values for the diffusion coefficient can be obtained from the induction time for nucleation and the growth velocity in this temperature range.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1720296</t>
   </si>
   <si>
     <t>2020</t>
+  </si>
+  <si>
+    <t>p. 2471-2482</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>