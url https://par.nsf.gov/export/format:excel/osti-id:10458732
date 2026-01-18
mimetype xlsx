--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10458732</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/syen.12381</t>
   </si>
   <si>
     <t>Phylogenomics of Auchenorrhyncha (Insecta: Hemiptera) using transcriptomes: examining controversial relationships via degeneracy coding and interrogation of gene conflict</t>
   </si>
   <si>
-    <t>Skinner, Rachel_K [Department of Entomology University of Illinois Urbana IL U.S.A.] (ORCID:0000000170356350); Dietrich, Christopher_H [Illinois Natural History Survey Prairie Research Institute University of Illinois Champaign IL U.S.A.]; Walden, Kimberly_K_O [Department of Entomology University of Illinois Urbana IL U.S.A.]; Gordon, Eric [Department of Ecology and Evolutionary Biology University of Connecticut Storrs CT U.S.A.]; Sweet, Andrew_D [Department of Entomology Purdue University West Lafayette IN U.S.A.]; Podsiadlowski, Lars [Center for Molecular Biodiversity Research Zoological Research Museum Alexander Koenig Bonn Germany]; Petersen, Malte [Center for Molecular Biodiversity Research Zoological Research Museum Alexander Koenig Bonn Germany]; Simon, Chris [Department of Ecology and Evolutionary Biology University of Connecticut Storrs CT U.S.A.]; Takiya, Daniela_M [Departamento de Zoologia, Instituto de Biologia Universidade Federal do Rio de Janeiro Rio de Janeiro Brazil] (ORCID:0000000262333615); Johnson, Kevin_P [Illinois Natural History Survey Prairie Research Institute University of Illinois Champaign IL U.S.A.]</t>
+    <t>Skinner, Rachel_K [Department of Entomology University of Illinois  Urbana IL U.S.A.] (ORCID:0000000170356350); Dietrich, Christopher_H [Illinois Natural History Survey Prairie Research Institute University of Illinois  Champaign IL U.S.A.]; Walden, Kimberly_K_O [Department of Entomology University of Illinois  Urbana IL U.S.A.]; Gordon, Eric [Department of Ecology and Evolutionary Biology University of Connecticut  Storrs CT U.S.A.]; Sweet, Andrew_D [Department of Entomology Purdue University  West Lafayette IN U.S.A.]; Podsiadlowski, Lars [Center for Molecular Biodiversity Research Zoological Research Museum Alexander Koenig  Bonn Germany]; Petersen, Malte [Center for Molecular Biodiversity Research Zoological Research Museum Alexander Koenig  Bonn Germany]; Simon, Chris [Department of Ecology and Evolutionary Biology University of Connecticut  Storrs CT U.S.A.]; Takiya, Daniela_M [Departamento de Zoologia, Instituto de Biologia Universidade Federal do Rio de Janeiro  Rio de Janeiro Brazil] (ORCID:0000000262333615); Johnson, Kevin_P [Illinois Natural History Survey Prairie Research Institute University of Illinois  Champaign IL U.S.A.]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2019-07-31T04:00:00Z</t>
   </si>
   <si>
     <t>Systematic Entomology</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>0307-6970</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;The hemipteran suborder Auchenorrhyncha is a highly diverse, ecologically and agriculturally important group of primarily phytophagous insects which has been a source of phylogenetic contention for many years. Here, we have used transcriptome sequencing to assemble 2139 orthologues from 84 auchenorrhynchan species representing 27 families; this is the largest and most taxonomically comprehensive phylogenetic dataset for this group to date. We used both maximum likelihood and multispecies coalescent analyses to reconstruct the evolutionary history in this group using amino acid, nucleotide, and degeneracy‐coded nucleotide orthologue data. Although many relationships at the superfamily level were consistent between analyses, several differing, highly supported topologies were recovered using different datasets and reconstruction methods, most notably the differential placement of Cercopoidea as sister to either Cicadoidea or Membracoidea. To further interrogate the recovered topologies, we explored the contribution of genes as partitioned by third‐codon‐position guanine‐cytosine (GC) content and heterogeneity. We found consistent support for several relationships, including Cercopoidea + Cicadoidea, most often in genes that would be expected to be enriched for the true species tree if recombination‐based dynamics in GC content have contributed to the observed GC heterogeneity. Our results provide a generally well‐supported framework for future studies of auchenorrhynchan phylogeny and suggest that transcriptome sequencing is likely to be a fruitful source of phylogenetic data for resolving its clades. However, we caution that future work should account for the potential effects of GC content heterogeneity on relationships recovered in this group.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>