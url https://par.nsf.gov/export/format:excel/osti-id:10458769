--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -111,69 +111,69 @@
     <t>10458769</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.16889</t>
   </si>
   <si>
     <t>Strengthening boron carbide through lithium dopant</t>
   </si>
   <si>
     <t>He, Yi [State Key Laboratory of Electronic Thin Films and Integrated Devices University of Electronic Science and Technology of China Chengdu China]; Shen, Yidi [Department of Chemical and Materials Engineering University of Nevada‐Reno Reno NV USA]; Tang, Bin [State Key Laboratory of Electronic Thin Films and Integrated Devices University of Electronic Science and Technology of China Chengdu China] (ORCID:0000000238512330); An, Qi [Department of Chemical and Materials Engineering University of Nevada‐Reno Reno NV USA] (ORCID:0000000348386232)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2019-11-14T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>3</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 2012-2023</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;The high strength of boron carbide (B&lt;sub&gt;4&lt;/sub&gt;C) is essential in its engineering applications such as wear‐resistance and body armors. Here, by employing density functional theory simulations, we demonstrated that the strength of B&lt;sub&gt;4&lt;/sub&gt;C can be enhanced by doping lithium to boron‐rich boron carbide (B&lt;sub&gt;13&lt;/sub&gt;C&lt;sub&gt;2&lt;/sub&gt;) to form r‐LiB&lt;sub&gt;13&lt;/sub&gt;C&lt;sub&gt;2&lt;/sub&gt;. The bonding analysis on r‐LiB&lt;sub&gt;13&lt;/sub&gt;C&lt;sub&gt;2&lt;/sub&gt;indicates that the electron counting rule (or Wade's rule) is satisfied in r‐LiB&lt;sub&gt;13&lt;/sub&gt;C&lt;sub&gt;2&lt;/sub&gt;whose formula can be written as r‐Li&lt;sup&gt;+&lt;/sup&gt;(B&lt;sub&gt;12&lt;/sub&gt;)&lt;sup&gt;2‐&lt;/sup&gt;(CB&lt;sup&gt;+&lt;/sup&gt;C). The shear deformation on r‐LiB&lt;sub&gt;13&lt;/sub&gt;C&lt;sub&gt;2&lt;/sub&gt;indicates that its ideal shear strength is larger than that of B&lt;sub&gt;4&lt;/sub&gt;C because of the existing of Li dopant. The failure process of r‐LiB&lt;sub&gt;13&lt;/sub&gt;C&lt;sub&gt;2&lt;/sub&gt;under ideal shear deformation initiates from breaking the icosahedral‐icosahedral B‐B bonds. Then these B atoms react with the middle B in the C‐B‐C chain, resulting in the disintegration of icosahedral clusters and brittle failure. More interesting, the nanotwinned r‐LiB&lt;sub&gt;13&lt;/sub&gt;C&lt;sub&gt;2&lt;/sub&gt;is even stronger than r‐LiB&lt;sub&gt;13&lt;/sub&gt;C&lt;sub&gt;2&lt;/sub&gt;because of the directional nature of covalent bonding at the twin boundaries. This suggests that the nanotwinned r‐LiB&lt;sub&gt;13&lt;/sub&gt;C&lt;sub&gt;2&lt;/sub&gt;has a significant enhanced strength compared to B&lt;sub&gt;4&lt;/sub&gt;C. Our simulation results illustrate the deformation mechanism of Li‐doped boron carbide and its nanotwinned microstructure. We proposed to improve the strength of boron carbide by doping Li into B&lt;sub&gt;13&lt;/sub&gt;C&lt;sub&gt;2&lt;/sub&gt;and increasing its twin densities.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1727428</t>
   </si>
   <si>
     <t>2019</t>
+  </si>
+  <si>
+    <t>p. 2012-2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>