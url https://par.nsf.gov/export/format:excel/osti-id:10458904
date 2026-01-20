--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,91 +95,91 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10458904</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jiec.12934</t>
   </si>
   <si>
     <t>Environmental and economic impacts of solar‐powered integrated greenhouses</t>
   </si>
   <si>
-    <t>Hollingsworth, Joseph A. [Department of Civil Construction, and Environmental Engineering North Carolina State University  Raleigh North Carolina] (ORCID:0000000339585678); Ravishankar, Eshwar [Department of Mechanical and Aerospace Engineering North Carolina State University  Raleigh North Carolina]; O'Connor, Brendan [Department of Mechanical and Aerospace Engineering North Carolina State University  Raleigh North Carolina]; Johnson, Jeremiah X. [Department of Civil Construction, and Environmental Engineering North Carolina State University  Raleigh North Carolina]; DeCarolis, Joseph F. [Department of Civil Construction, and Environmental Engineering North Carolina State University  Raleigh North Carolina]</t>
+    <t>Hollingsworth, Joseph_A [Department of Civil Construction, and Environmental Engineering North Carolina State University  Raleigh North Carolina] (ORCID:0000000339585678); Ravishankar, Eshwar [Department of Mechanical and Aerospace Engineering North Carolina State University  Raleigh North Carolina]; O'Connor, Brendan [Department of Mechanical and Aerospace Engineering North Carolina State University  Raleigh North Carolina]; Johnson, Jeremiah_X [Department of Civil Construction, and Environmental Engineering North Carolina State University  Raleigh North Carolina]; DeCarolis, Joseph_F [Department of Civil Construction, and Environmental Engineering North Carolina State University  Raleigh North Carolina]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2019-08-13T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of Industrial Ecology</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>1</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 234-247</t>
   </si>
   <si>
     <t>1088-1980</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Greenhouse vegetable production plays a vital role in providing year‐round fresh vegetables to global markets, achieving higher yields, and using less water than open‐field systems, but at the expense of increased energy demand. This study examines the life cycle environmental and economic impacts of integrating semitransparent organic photovoltaics (OPVs) into greenhouse designs. We employ life cycle assessment to analyze six environmental impacts associated with producing greenhouse‐grown tomatoes in a Solar PoweRed INtegrated Greenhouse (SPRING) compared to conventional greenhouses with and without an adjacent solar photovoltaic array, across three distinct locations. The SPRING design produces significant reductions in environmental impacts, particularly in regions with high solar insolation and electricity‐intensive energy demands. For example, in Arizona, global warming potential values for a conventional, adjacent PV and SPRING greenhouse are found to be 3.71, 2.38, and 2.36 kg CO&lt;sub&gt;2&lt;/sub&gt;eq/kg tomato, respectively. Compared to a conventional greenhouse, the SPRING design may increase life cycle environmental burdens in colder regions because the shading effect of OPV increases heating demands. Our analysis shows that SPRING designs must maintain crop yields at levels similar to conventional greenhouses in order to be economically competitive. Assuming consistent crop yields, uncertainty analysis shows average net present cost of production across Arizona to be $3.43, $3.38, and $3.64 per kg of tomato for the conventional, adjacent PV and SPRING system, respectively.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1639429</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
+    <t>p. 234-247</t>
+  </si>
+  <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley-Blackwell</t>
+    <t>Springer Science + Business Media</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>