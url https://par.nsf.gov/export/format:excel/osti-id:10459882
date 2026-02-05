--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10459882</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Do Users Act Equitably? Understanding User Bias Through a Large In-person Study</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lui, Yang; Moses, Heather; Sternefeld, Mark; Malachowsky, Sam; Krutz, Daniel</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2023 IEEE/ACM 45th International Conference on Software Engineering: Software Engineering in Society (ICSE-SEIS)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Inequitable software is a common problem. Bias may be caused by developers, or even software users. As a society, it is crucial that we understand and identify the causes and implications of software bias from both users and the software itself. To address the problems of inequitable software, it is essential that we inform and motivate the next generation of software developers regarding bias and its adverse impacts. However, research shows that there is a lack of easily adoptable ethics-focused educational material to support this effort.To address the problem of inequitable software, we created an easily adoptable, self-contained experiential activity that is designed to foster student interest in software ethics, with a specific emphasis on AI/ML bias. This activity involves participants selecting fictitious teammates based solely on their appearance. The participant then experiences bias either against themselves or a teammate by the activity’s fictitious AI. The created lab was then utilized in this study involving 173 real-world users (age 18-51+) to better understand user bias.The primary findings of our study include: I) Participants from minority ethnic groups have stronger feeling regarding being impacted by inequitable software/AI, II) Participants with higher interest in AI/ML have a higher belief for the priority of unbiased software, III) Users do not act in an equitable manner, as avatars with ‘dark’ skin color are less likely to be selected, and IV) Participants from different demographic groups exhibit similar behavior bias. The created experiential lab activity may be executed using only a browser and internet connection, and is publicly available on our project website: https://all.rit.edu.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2145010</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>