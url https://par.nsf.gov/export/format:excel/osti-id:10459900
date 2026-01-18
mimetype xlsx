--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10459900</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.16383</t>
   </si>
   <si>
     <t>First principles predicting enhanced ductility of boride carbide through magnesium microalloying</t>
   </si>
   <si>
-    <t>Tang, Bin [State Key Laboratory of Electronic Thin Films and Integrated Devices University of Electronic Science and Technology of China Chengdu China] (ORCID:0000000238512330); He, Yi [State Key Laboratory of Electronic Thin Films and Integrated Devices University of Electronic Science and Technology of China Chengdu China]; Goddard, III, William A. [Materials and Process Simulation Center California Institute of Technology Pasadena California] (ORCID:0000000300975716); An, Qi [Department of Chemical and Materials Engineering University of Nevada‐Reno Reno Nevada] (ORCID:0000000348386232)</t>
+    <t>Tang, Bin [State Key Laboratory of Electronic Thin Films and Integrated Devices University of Electronic Science and Technology of China Chengdu China] (ORCID:0000000238512330); He, Yi [State Key Laboratory of Electronic Thin Films and Integrated Devices University of Electronic Science and Technology of China Chengdu China]; Goddard, III, William_A [Materials and Process Simulation Center California Institute of Technology Pasadena California] (ORCID:0000000300975716); An, Qi [Department of Chemical and Materials Engineering University of Nevada‐Reno Reno Nevada] (ORCID:0000000348386232)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2019-02-27T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>9</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 5514-5523</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;The low fracture toughness of strong covalent solids prevents them from wide engineering applications. Microalloying metal elements into covalent solids may lead to a significant improvement on mechanical properties and drastical changes on the chemical bonding. To illustrate these effects we employed density functional theory (DFT) to examine the bonding characteristic and mechanical failure of recently synthesized magnesium boride carbide (Mg&lt;sub&gt;3&lt;/sub&gt;B&lt;sub&gt;50&lt;/sub&gt;C&lt;sub&gt;8&lt;/sub&gt;) that is formed by adding Mg into boron carbide (B&lt;sub&gt;4&lt;/sub&gt;C). We found that Mg&lt;sub&gt;3&lt;/sub&gt;B&lt;sub&gt;50&lt;/sub&gt;C&lt;sub&gt;8&lt;/sub&gt;has more metallic bonding charterer than B&lt;sub&gt;4&lt;/sub&gt;C, but the atomic structure still satisfies Wade's rules. The metallic bonding significantly affects the failure mechanisms of Mg&lt;sub&gt;3&lt;/sub&gt;B&lt;sub&gt;50&lt;/sub&gt;C&lt;sub&gt;8&lt;/sub&gt;compared with B&lt;sub&gt;4&lt;/sub&gt;C. In Mg&lt;sub&gt;3&lt;/sub&gt;B&lt;sub&gt;50&lt;/sub&gt;C&lt;sub&gt;8&lt;/sub&gt;, the B&lt;sub&gt;12&lt;/sub&gt;icosahedral clusters are rotated in order to accommodate to the extensive shear strain without deconstruction. In addition, the critical failure strength of Mg&lt;sub&gt;3&lt;/sub&gt;B&lt;sub&gt;50&lt;/sub&gt;C&lt;sub&gt;8&lt;/sub&gt;is slightly higher than that of B&lt;sub&gt;4&lt;/sub&gt;C under indentation stress conditions. Our results suggested that the ductility of Mg&lt;sub&gt;3&lt;/sub&gt;B&lt;sub&gt;50&lt;/sub&gt;C&lt;sub&gt;8&lt;/sub&gt;is drastically enhanced compared with B&lt;sub&gt;4&lt;/sub&gt;C while the hardness is slightly higher than B&lt;sub&gt;4&lt;/sub&gt;C.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1727428</t>
   </si>
   <si>
     <t>2019</t>
+  </si>
+  <si>
+    <t>p. 5514-5523</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>