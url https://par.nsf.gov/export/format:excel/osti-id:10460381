--- v0 (2026-01-20)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,100 +86,84 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10460381</t>
-[...8 lines deleted...]
-    <t>Juranek, L. [College of Earth, Ocean, and Atmospheric Sciences Oregon State University  Corvallis OR USA] (ORCID:0000000249228263); Takahashi, T. [Lamont‐Doherty Earth Observatory Columbia University  Palisades NY USA] (ORCID:0000000267306923); Mathis, J. [NOAA Arctic Research Program  Silver Spring MD USA] (ORCID:0000000196406723); Pickart, R. [Woods Hole Oceanographic Institution  Woods Hole MA USA] (ORCID:000000027826911X)</t>
+    <t>10490887</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2019-02-01T05:00:00Z</t>
-[...18 lines deleted...]
- &lt;p&gt;Shifting baselines in the Arctic atmosphere‐sea ice‐ocean system have significant potential to alter biogeochemical cycling and ecosystem dynamics. In particular, the impact of increased open water duration on lower trophic level productivity and biological CO&lt;sub&gt;2&lt;/sub&gt;sequestration is poorly understood. Using high‐resolution observations of surface seawater dissolved O&lt;sub&gt;2&lt;/sub&gt;/Ar and&lt;italic&gt;p&lt;/italic&gt;CO&lt;sub&gt;2&lt;/sub&gt;collected in the Pacific Arctic in October 2011 and 2012, we evaluate spatial variability in biological metabolic status (autotrophy vs heterotrophy) as constrained by O&lt;sub&gt;2&lt;/sub&gt;/Ar saturation (&lt;styled-content&gt;&lt;italic&gt;∆O&lt;/italic&gt;&lt;sub&gt;2&lt;/sub&gt;/&lt;italic&gt;Ar&lt;/italic&gt;&lt;/styled-content&gt;) as well as the relationship between net biological production and the sea‐air gradient of&lt;italic&gt;p&lt;/italic&gt;CO&lt;sub&gt;2&lt;/sub&gt;(&lt;styled-content&gt;&lt;italic&gt;∆pCO&lt;/italic&gt;&lt;sub&gt;2&lt;/sub&gt;&lt;/styled-content&gt;). We find a robust relationship between&lt;styled-content&gt;&lt;italic&gt;∆pCO&lt;/italic&gt;&lt;sub&gt;2&lt;/sub&gt;&lt;/styled-content&gt;and&lt;styled-content&gt;&lt;italic&gt;∆O&lt;/italic&gt;&lt;sub&gt;2&lt;/sub&gt;/&lt;italic&gt;Ar&lt;/italic&gt;&lt;/styled-content&gt;(correlation coefficient of −0.74 and −0.61 for 2011 and 2012, respectively), which suggests that biological production in the late open water season is an important determinant of the air‐sea CO&lt;sub&gt;2&lt;/sub&gt;gradient at a timeframe of maximal ocean uptake for CO&lt;sub&gt;2&lt;/sub&gt;in this region. Patchiness in biological production as indicated by&lt;styled-content&gt;&lt;italic&gt;∆O&lt;/italic&gt;&lt;sub&gt;2&lt;/sub&gt;/&lt;italic&gt;Ar&lt;/italic&gt;&lt;/styled-content&gt;suggests spatially variable nutrient supply mechanisms supporting late season growth amidst a generally strongly stratified and nutrient‐limited condition.&lt;/p&gt;</t>
+    <t>Controls of Methane Emission Fluxes from Freshwater Wetlands at the Global Scale</t>
+  </si>
+  <si>
+    <t>Jahan, S; Abdul-Aziz, Omar I.</t>
+  </si>
+  <si>
+    <t>2022-12-12T05:00:00Z</t>
+  </si>
+  <si>
+    <t>American Geophysical Union Fall Meeting</t>
+  </si>
+  <si>
+    <t>We investigated the climatic and ecohydrological controls of the monthly methane emission fluxes from freshwater wetlands across the globe. Fluxes of methane, photosynthetically active radiation (PAR), soil temperature (TS), atmospheric pressure, latent heat flux (LE), wind speed (WS), friction velocity, vapor pressure deficit (VPD), soil water content (SWC), water table depth, and precipitation were obtained from 32 FLUXNET wetland sites. Multivariate pattern recognition techniques of principal component and factor analyses were utilized to classify and group climatic and ecological variables based on their similarity as drivers, examining their interrelation patterns across the different sites. Partial least squares regression models were developed to estimate the relative linkages of methane emission fluxes with the climatic and ecohydrological drivers. When the wetlands were flooded (i.e., positive water table depth relative to the ground), PAR, LE, VPD, and TS had the strongest controls on the methane emission fluxes. However, in the absence of flooding (i.e., negative water table depth), the methane emission fluxes were mainly controlled by SWC and WS. For the wetland sites with unavailable water table depth data, PAR, TS, and WS had the strongest controls on the methane emissions and subsequent transport. Our findings provided important knowledge and insights for predicting and managing methane emissions in freshwater wetlands at a global scale.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1702371; 1733564</t>
-[...8 lines deleted...]
-    <t>DOI PREFIX: 10.1029</t>
+    <t>1705941</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>Conference Paper</t>
+  </si>
+  <si>
+    <t>American Geophysical Union</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -289,98 +273,90 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
-      <c r="F2" t="s" s="0">
-[...2 lines deleted...]
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" t="s" s="0">
-[...13 lines deleted...]
-      </c>
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" s="0"/>
+      <c r="L2" s="0"/>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>