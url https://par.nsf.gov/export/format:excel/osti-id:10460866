--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10460866</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.16271</t>
   </si>
   <si>
     <t>In‐situ determination of the HfO &lt;sub&gt;2&lt;/sub&gt; –Ta &lt;sub&gt;2&lt;/sub&gt; O &lt;sub&gt;5&lt;/sub&gt; ‐temperature phase diagram up to 3000°C</t>
   </si>
   <si>
-    <t>McCormack, Scott J. [Department of Materials Science and Engineering University of Illinois at Urbana‐Champaign Urbana Illinois] (ORCID:0000000207153451); Tseng, Kuo‐Pin [Department of Materials Science and Engineering University of Illinois at Urbana‐Champaign Urbana Illinois]; Weber, Richard J. K. [Materials Development, Inc. Evanston Illinois, Advanced Photon Source Argonne National Laboratory Lemont Illinois]; Kapush, Denys [Peter A. Rock Thermochemistry Laboratory and NEAT ORU University of California Davis Davis California]; Ushakov, Sergey V. [Peter A. Rock Thermochemistry Laboratory and NEAT ORU University of California Davis Davis California]; Navrotsky, Alexandra [Peter A. Rock Thermochemistry Laboratory and NEAT ORU University of California Davis Davis California] (ORCID:0000000232600364); Kriven, Waltraud M. [Department of Materials Science and Engineering University of Illinois at Urbana‐Champaign Urbana Illinois] (ORCID:0000000229835760)</t>
+    <t>McCormack, Scott_J [Department of Materials Science and Engineering University of Illinois at Urbana‐Champaign Urbana Illinois] (ORCID:0000000207153451); Tseng, Kuo‐Pin [Department of Materials Science and Engineering University of Illinois at Urbana‐Champaign Urbana Illinois]; Weber, Richard_J_K [Materials Development, Inc. Evanston Illinois, Advanced Photon Source Argonne National Laboratory Lemont Illinois]; Kapush, Denys [Peter A. Rock Thermochemistry Laboratory and NEAT ORU University of California Davis Davis California]; Ushakov, Sergey_V [Peter A. Rock Thermochemistry Laboratory and NEAT ORU University of California Davis Davis California]; Navrotsky, Alexandra [Peter A. Rock Thermochemistry Laboratory and NEAT ORU University of California Davis Davis California] (ORCID:0000000232600364); Kriven, Waltraud_M [Department of Materials Science and Engineering University of Illinois at Urbana‐Champaign Urbana Illinois] (ORCID:0000000229835760)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2019-01-22T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>8</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 4848-4861</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;The previously unknown experimental HfO&lt;sub&gt;2&lt;/sub&gt;–Ta&lt;sub&gt;2&lt;/sub&gt;O&lt;sub&gt;5&lt;/sub&gt;‐temperature phase diagram has been elucidated up to 3000°C using a quadrupole lamp furnace and conical nozzle levitator system equipped with a CO&lt;sub&gt;2&lt;/sub&gt;laser, in conjunction with synchrotron X‐ray diffraction. These in‐situ techniques allowed the determination of the following: (a) liquidus, solidus, and invariant transformation temperatures as a function of composition from thermal arrest experiments, (b) determination of equilibrium phases through testing of reversibility via in‐situ X‐ray diffraction, and (c) molar volume measurements as a function of temperature for equilibrium phases. From these, an experimental HfO&lt;sub&gt;2&lt;/sub&gt;–Ta&lt;sub&gt;2&lt;/sub&gt;O&lt;sub&gt;5&lt;/sub&gt;‐temperature phase diagram has been constructed which is consistent with the Gibbs Phase Rule.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1835848</t>
   </si>
   <si>
     <t>2019</t>
+  </si>
+  <si>
+    <t>p. 4848-4861</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>