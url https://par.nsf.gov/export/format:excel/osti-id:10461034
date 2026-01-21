--- v0 (2026-01-21)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,93 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10461034</t>
-[...8 lines deleted...]
-    <t>Dube, William C.; Kellogg, Joseph T.; Adams, Carly; Collins, Matthew H.; Lopman, Benjamin A.; Johnson, Theodore M.; Amin, Avnika B.; Weitz, Joshua S.; Fridkin, Scott K.</t>
+    <t>10556437</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1111/pce.15286</t>
+  </si>
+  <si>
+    <t>Functions and Regulation of HAM Family Genes in Meristems During Gametophyte and Sporophyte Generations</t>
+  </si>
+  <si>
+    <t>Geng, Yuan; Xie, Chong; Zhang, Cankui; Liu, Xing; Zhou, Yun</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-06-01T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>1525-8610</t>
+    <t>2024-11-18T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Plant, Cell &amp; Environment</t>
+  </si>
+  <si>
+    <t>0140-7791</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;p&gt;A fascinating feature of land plants is their ability to continually initiate new tissues and organs throughout their lifespan, driven by a pool of pluripotent stem cells located in meristems. In seed plants, various types of meristems are initiated and maintained during the sporophyte generation, while their gametophytes lack meristems and rely on sporophyte tissues for growth. In contrast, seed‐free vascular plants, such as ferns, develop meristems during both the sporophyte and gametophyte generations, allowing for the independent growth of both generations. Recent findings have highlighted both conserved and lineage‐specific roles of the HAIRY MERISTEM (HAM) family of GRAS‐domain transcriptional regulators in various meristems throughout the land plant lifecycle. Here, we review and discuss how&lt;italic&gt;HAM&lt;/italic&gt;genes maintain meristem indeterminacy in both sporophytes and gametophytes, with a focus on studies performed in two model species: the flowering plant&lt;italic&gt;Arabidopsis thaliana&lt;/italic&gt;and the fern&lt;italic&gt;Ceratopteris richardii&lt;/italic&gt;. Additionally, we summarize the crucial and tightly regulated functions of the microRNA171 (miR171)‐HAM regulatory modules, which define HAM spatial patterns and activities during meristem development across various meristem identities in land plants.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1806833</t>
-[...2 lines deleted...]
-    <t>2022</t>
+    <t>1923557; 1931114</t>
+  </si>
+  <si>
+    <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
+  </si>
+  <si>
+    <t>Wiley</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -293,83 +290,81 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="O2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="L2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="M2" s="0"/>
-[...1 lines deleted...]
-      <c r="O2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="W2" s="0"/>
+        <v>38</v>
+      </c>
+      <c r="W2" t="s" s="0">
+        <v>39</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>