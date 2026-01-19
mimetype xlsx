--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10461377</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.16305</t>
   </si>
   <si>
     <t>Linking fresh paste microstructure, rheology and extrusion characteristics of cementitious binders for 3D printing</t>
   </si>
   <si>
-    <t>Nair, Sooraj A. O. [School of Sustainable Engineering and the Built Environment Arizona State University Tempe Arizona]; Alghamdi, Hussam [School of Sustainable Engineering and the Built Environment Arizona State University Tempe Arizona]; Arora, Aashay [School of Sustainable Engineering and the Built Environment Arizona State University Tempe Arizona]; Mehdipour, Iman [Department of Civil and Environmental Engineering University of California Los Angeles California]; Sant, Gaurav [Department of Civil and Environmental Engineering University of California Los Angeles California]; Neithalath, Narayanan [School of Sustainable Engineering and the Built Environment Arizona State University Tempe Arizona] (ORCID:0000000231740402)</t>
+    <t>Nair, Sooraj_A_O [School of Sustainable Engineering and the Built Environment Arizona State University Tempe Arizona]; Alghamdi, Hussam [School of Sustainable Engineering and the Built Environment Arizona State University Tempe Arizona]; Arora, Aashay [School of Sustainable Engineering and the Built Environment Arizona State University Tempe Arizona]; Mehdipour, Iman [Department of Civil and Environmental Engineering University of California Los Angeles California]; Sant, Gaurav [Department of Civil and Environmental Engineering University of California Los Angeles California]; Neithalath, Narayanan [School of Sustainable Engineering and the Built Environment Arizona State University Tempe Arizona] (ORCID:0000000231740402)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2019-01-25T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>7</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 3951-3964</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Cementitious binders amenable to extrusion‐based 3D printing are formulated by tailoring the fresh microstructure through the use of fine limestone powder or a combination of limestone powder and microsilica or metakaolin. Mixtures are proportioned with and without a superplasticizer to enable different particle packings at similar printability levels. A simple microstructural parameter, which implicitly accounts for the solid volume and inverse square dependence of particle size on yield stress can be used to select preliminary material combinations for printable binders. The influence of composition/microstructure on the response of pastes to extension or squeezing are also brought out. Extrusion rheology is used in conjunction with a phenomenological model to better understand the properties of significance in extrusion‐based printing of cementitious materials. The extrusion yield stress and die wall slip shear stress extracted from the model enables an understanding of their relationships with the fresh paste microstructure, which are crucial in selecting binders, extrusion geometry, and processing parameters for 3D printing.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1727445</t>
   </si>
   <si>
     <t>2019</t>
+  </si>
+  <si>
+    <t>p. 3951-3964</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>