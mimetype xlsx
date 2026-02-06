--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10461748</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3585088.3594495</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Fostering AI Literacy with Embodiment &amp; Creativity: From Activity Boxes to Museum Exhibits</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Long, Duri; Rollins, Sophie; Ali-Diaz, Jasmin; Hancock, Katherine; Nuonsinoeun, Samnang; Roberts, Jessica; Magerko, Brian</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-19T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IDC '23: Proceedings of the 22nd Annual ACM Interaction Design and Children Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>727 to 731</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Fostering young learners’ literacy surrounding AI technologies is becoming increasingly important as AI is becoming integrated in many aspects of our lives and is having far-reaching impacts on society. We have developed Knowledge Net and Creature Features, two activity boxes for family groups to engage with in their homes that communicate AI literacy competencies such as understanding knowledge representations, the steps of machine learning, and AI ethics. Our current work is exploring how to transform these activity boxes into museum exhibits for middle-school age learners, focusing on three key considerations: centering learner interests, generating personally meaningful outputs, and incorporating embodiment and collaboration on a larger scale. Our demonstration will feature the existing Knowledge Net and Creature Features activity boxes alongside early-stage prototypes adapting these activities into larger-scale museum exhibits. This paper contributes an exploration into how to design AI literacy learning interventions for varied informal learning contexts.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2214463</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>