--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10461858</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/MWC.001.2200213</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>AI Testing Framework for Next-G O-RAN Networks: Requirements, Design, and Research Opportunities</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tang, Bo; Shah, Vijay K.; Marojevic, Vuk; Reed, Jeffrey H.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-03-20T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Wireless Communications</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>70 to 77</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1536-1284</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Openness and intelligence are two enabling features to be introduced in next generation wireless networks, for example, Beyond 5G and 6G, to support service heterogeneity, open hardware, optimal resource utilization, and on-demand service deployment. The open radio access network (O-RAN) is a promising RAN architecture to achieve both openness and intelligence through virtualized network elements and well-defined interfaces. While deploying artificial intelligence (AI) models is becoming easier in O-RAN, one significant challenge that has been long neglected is the comprehensive testing of their performance in realistic environments. This article presents a general automated, distributed and AI-enabled testing framework to test AI models deployed in O-RAN in terms of their decision-making performance, vulnerability and security. This framework adopts a master-actor architecture to manage a number of end devices for distributed testing. More importantly, it leverages AI to automatically and intelligently explore the decision space of AI models in O-RAN. Both software simulation testing and software-defined radio hardware testing are supported, enabling rapid proof of concept research and experimental research on wireless research platforms.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2120442</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE/ieeeXplore</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>