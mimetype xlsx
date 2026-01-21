--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -95,78 +95,78 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10462046</t>
   </si>
   <si>
     <t>https://doi.org/10.1016/j.ypmed.2022.107241</t>
   </si>
   <si>
     <t>Association between race, shooting hot spots, and the surge in gun violence during the COVID-19 pandemic in Philadelphia, New York and Los Angeles</t>
   </si>
   <si>
-    <t>MacDonald, John; Mohler, George; Brantingham, P. Jeffrey</t>
+    <t>MacDonald, John; Mohler, George; Brantingham, P Jeffrey</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-12-01T05:00:00Z</t>
   </si>
   <si>
     <t>Preventive Medicine</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>107241</t>
   </si>
   <si>
     <t>0091-7435</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2317397; 2124313</t>
+    <t>2317397; 2124313; 2125319</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>