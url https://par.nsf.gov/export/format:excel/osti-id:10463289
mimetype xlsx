--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10463289</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18653/v1/2023.acl-demo.1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Human-in-the-loop Schema Induction</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhang, Tianyi; Tham, Isaac; Hou, Zhaoyi; Ren, Jiaxuan; Zhou, Leon; Xu, Hainiu; Zhang, Li; Martin, Lara; Dror, Rotem; Li, Sha; Ji, Heng; Palmer, Martha; Brown, Susan Windisch; Suchocki, Reece; Callison-Burch, Chris</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 61st Annual Meeting of the Association for Computational Linguistics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 10</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Schema induction builds a graph representation explaining how events unfold in a scenario. Existing approaches have been based on information retrieval (IR) and information extraction (IE), often with limited human curation. We demonstrate a human-in-the-loop schema induction system powered by GPT-3. We first describe the different modules of our system, including prompting to generate schematic elements, manual edit of those elements, and conversion of those into a schema graph. By qualitatively comparing our system to previous ones, we show that our system not only transfers to new domains more easily than previous approaches, but also reduces efforts of human curation thanks to our interactive interface.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1928474</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>