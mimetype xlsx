--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10463295</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18653/v1/2023.bea-1.9</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Enhancing Human Summaries for Question-Answer Generation in Education</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gonzalez, Hannah; Dugan, Liam; Miltsakaki, Eleni; Cui, Zhiqi; Ren, Jiaxuan; Li, Bryan; Upadhyay, Shriyash; Ginsberg, Etan; Callison-Burch, Chris</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 18th Workshop on Innovative Use of NLP for Building Educational Applications (BEA 2023)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>108 to 118</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We address the problem of generating high-quality question-answer pairs for educational materials. Previous work on this problem showed that using summaries as input improves the quality of question generation (QG) over original textbook text and that human-written summaries result in higher quality QG than automatic summaries. In this paper, a) we show that advances in Large Language Models (LLMs) are not yet sufficient to generate quality summaries for QG and b) we introduce a new methodology for enhancing bullet point student notes into fully fledged summaries and find that our methodology yields higher quality QG. We conducted a large-scale human annotation study of generated question-answer pairs for the evaluation of our methodology. In order to aid in future research, we release a new dataset of 9.2K human annotations of generated questions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1928474</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>