--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10463364</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Conducting the Pilot Study of Integrating AI: An Experience Integrating Machine Learning into Upper Elementary Robotics Learning (Work in Progress)</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Xu, G.; Zabner, D.; Cross, J.; Nadler, D.; Coxon, S.; Engelkenjohn, K.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ASEE annual conference  exposition proceedings</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2153-5868</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Artificial Intelligence (AI) enhanced systems are widely adopted in post-secondary education, however, tools and activities have only recently become accessible for teaching AI and machine learning (ML) concepts to K-12 students. Research on K-12 AI education has largely included student attitudes toward AI careers, AI ethics, and student use of various existing AI agents such as voice assistants; most of which has focused on high school and middle school. There is no consensus on which AI and Machine Learning concepts are grade-appropriate for elementary-aged students or how elementary students explore and make sense of AI and ML tools. AI is a rapidly evolving technology and as future decision-makers, children will need to be AI literate[1]. In this paper, we will present elementary students’ sense-making of simple machine-learning concepts. Through this project, we hope to generate a new model for introducing AI concepts to elementary students into school curricula and provide tangible, trainable representations of ML for students to explore in the physical world. In our first year, our focus has been on simpler machine learning algorithms. Our desire is to empower students to not only use AI tools but also to understand how they operate. We believe that appropriate activities can help late elementary-aged students develop foundational AI knowledge namely (1) how a robot senses the world, and (2) how a robot represents data for making decisions. Educational robotics programs have been repeatedly shown to result in positive learning impacts and increased interest[2]. In this pilot study, we leveraged the LEGO® Education SPIKE™ Prime for introducing ML concepts to upper elementary students. Through pilot testing in three one-week summer programs, we iteratively developed a limited display interface for supervised learning using the nearest neighbor algorithm. We collected videos to perform a qualitative evaluation. Based on analyzing student behavior and the process of students trained in robotics, we found some students show interest in exploring pre-trained ML models and training new models while building personally relevant robotic creations and developing solutions to engineering tasks. While students were interested in using the ML tools for complex tasks, they seemed to prefer to use block programming or manual motor controls where they felt it was practical.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2119174</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>