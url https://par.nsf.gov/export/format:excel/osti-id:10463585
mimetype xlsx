--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10463585</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1128/mbio.00219-23</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Host genomic variation shapes gut microbiome diversity in threespine stickleback fish</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Small, Clayton M.; Beck, Emily A.; Currey, Mark C.; Tavalire, Hannah F.; Bassham, Susan; Cresko, William A.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Barbour, Alan G.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>mBio</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2150-7511</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>A major focus of host-microbe research is to understand how genetic differences, of various magnitudes, among hosts translate to differences in their microbiomes. This has been challenging for animal hosts, including humans, because it is difficult to control environmental variables tightly enough to isolate direct genetic effects on the microbiome. Our work in stickleback fish is a significant contribution because our experimental approach allowed strict control over environmental factors, including standardization of the microbiome from the earliest stage of development and unrestricted co-housing of fish in a truly common environment. Furthermore, we measured host genetic variation over 2,000 regions of the stickleback genome, comparing this information and microbiome composition data among fish from very similar and very different genetic backgrounds. Our findings highlight how differences in the host genome influence microbiome diversity and make a case for future manipulative microbiome experiments that use host systems with naturally occurring genetic variation.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2015301</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>