--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,176 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="41">
-[...124 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -190,185 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10463748</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1117/12.2629048</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Recent technical and scientific highlights from the CHARA Array</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gies, Douglas R.; Anderson, Matthew D.; Anugu, Narsireddy; ten Brummelaar, Theo A.; Castillo, Victor; Farrington, Christopher D.; Golden, Steven; Jones, Jeremy W.; Klement, Robert; Koehler, Rainer; Lanthermann, Cyprien; Ligon, Robert; Majoinen, Olli; McAlister, Harold A.; Ridgway, Stephen T.; Schaefer, Gail; Scott, Nicholas J.; Turner, Nils H.; Vargas, Norman L.; Webster, Larry; Woods, Craig</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Mérand, Antoine; Sallum, Stephanie; Sanchez-Bermudez, Joel</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-08-26T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Optical and Infrared Interferometry and Imaging VIII</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>12183</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1-18</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The Center for High Angular Resolution Astronomy (CHARA) Array is a six-element interferometer with baselines ranging from 34 to 331 m. Three new
+beam combiners are entering operation: MYSTIC is a 6-telescope combiner for K-band; SPICA is a 6-telescope combiner for the visible R-band; and SILMARIL is a 3-telescope combiner for high sensitivity in H and K-bands. A seventh, portable telescope will use fiber optics for beam transport and will increase the baselines to 1 km. Observing time is available through a program funded by NSF. The programs are solicited and peer-reviewed by NSF’s National Optical Infrared Astronomy Research Laboratory. The open community access has significantly expanded the range of astronomical investigations of stars and their environments. Here we summarize the scientific work and the on-going technical advances of the CHARA Array.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1908026</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>