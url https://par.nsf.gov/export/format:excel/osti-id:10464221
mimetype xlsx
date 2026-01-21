--- v0 (2025-11-03)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,100 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10464221</t>
-[...8 lines deleted...]
-    <t>Zhang, Yakun [FD Hole Soils Lab, Department of Soil Science University of Wisconsin–Madison  Madison Wisconsin USA] (ORCID:0000000296368576); Desai, Ankur_R [Department of Atmospheric and Oceanic Sciences University of Wisconsin–Madison  Madison Wisconsin USA] (ORCID:0000000252266041); Xiao, Jingfeng [Earth Systems Research Center, Institute for the Study of Earth, Oceans, and Space University of New Hampshire  Durham New Hampshire USA] (ORCID:0000000206226903); Hartemink, Alfred_E [FD Hole Soils Lab, Department of Soil Science University of Wisconsin–Madison  Madison Wisconsin USA] (ORCID:0000000257976798)</t>
+    <t>10348206</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1139/cjz-2022-0057</t>
+  </si>
+  <si>
+    <t>Changes in dental wear and breakage in arctic foxes ( &lt;i&gt;Vulpes lagopus&lt;/i&gt; ) across space and time: evidence for anthropogenic food subsidies?</t>
+  </si>
+  <si>
+    <t>Ungar, P.S.; Van Valkenburgh, B.; Sokolova, N.; Fufachev, I.; Filippova, V.; Shklyar, K.; Sokolov, A.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-09-20T04:00:00Z</t>
-[...15 lines deleted...]
- &lt;p&gt;Understanding the controlling mechanisms of soil properties on ecosystem productivity is essential for sustaining productivity and increasing resilience under a changing climate. Here we investigate the control of topsoil depth (e.g., A horizons) on long‐term ecosystem productivity. We used nationwide observations (&lt;italic&gt;n&lt;/italic&gt; = 2401) of topsoil depth and multiple scaled datasets of gross primary productivity (GPP) for five ecosystems (cropland, forest, grassland, pasture, shrubland) over 36 years (1986–2021) across the conterminous USA. The relationship between topsoil depth and GPP is primarily associated with water availability, which is particularly significant in arid regions under grassland, shrubland, and cropland (&lt;italic&gt;r&lt;/italic&gt; = .37, .32, .15, respectively,&lt;italic&gt;p&lt;/italic&gt; &lt; .0001). For every 10 cm increase in topsoil depth, the GPP increased by 114 to 128 g C m&lt;sup&gt;−2&lt;/sup&gt; year&lt;sup&gt;−1&lt;/sup&gt;in arid regions (&lt;italic&gt;r&lt;/italic&gt; = .33 and .45,&lt;italic&gt;p&lt;/italic&gt; &lt; .0001). Paired comparison of relatively shallow and deep topsoils while holding other variables (climate, vegetation, parent material, soil type) constant showed that the positive control of topsoil depth on GPP occurred primarily in cropland (0.73, confidence interval of 0.57–0.84) and shrubland (0.75, confidence interval of 0.40–0.94). The GPP difference between deep and shallow topsoils was small and not statistically significant. Despite the positive control of topsoil depth on productivity in arid regions, its contribution (coefficients: .09–.33) was similar to that of heat (coefficients: .06–.39) but less than that of water (coefficients: .07–.87). The resilience of ecosystem productivity to climate extremes varied in different ecosystems and climatic regions. Deeper topsoils increased stability and decreased the variability of GPP under climate extremes in most ecosystems, especially in shrubland and grassland. The conservation of topsoil in arid regions and improvements of soil depth representation and moisture‐retention mechanisms are critical for carbon‐sequestration ecosystem services under a changing climate. These findings and relationships should also be included in Earth system models.&lt;/p&gt;</t>
+    <t>2022-01-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Canadian Journal of Zoology</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>1-11</t>
+  </si>
+  <si>
+    <t>0008-4301</t>
+  </si>
+  <si>
+    <t>Increased human presence in the Arctic may affect its vulnerable ecosystems. Effects on arctic and red foxes provide notable examples. Both have been documented to take anthropogenic subsidies when available, which can change diet and ranging patterns in complex ways that can either benefit or harm populations, depending on the situation. Understanding this complexity requires new tools to study impacts of increasing human presence on endemic mammals at high latitudes. We propose that dental ecology, specifically tooth wear and breakage, can offer important clues. Based on samples of arctic foxes ( Vulpes lagopus (Linnaeus, 1758)) trapped prior to ( n = 78) and following ( n = 57) rapidly growing human presence on the Yamal Peninsula, Russia, we found that foxes trapped recently in proximity to human settlement had significantly less tooth wear and breakage. This is likely explained by a dietary shift from consumption of reindeer ( Rangifer tarandus (Linnaeus, 1758)) carcasses including bone to softer human-derived foods, especially when preferred smaller prey (e.g., West Siberian lemmings, Lemmus sibiricus (Kerr, 1792), and arctic lemmings, Dicrostonyx torquatus (Pallas, 1778)) are unavailable. These results suggest that tooth wear and breakage can be a useful indicator of the consumption of anthropogenic foods by arctic foxes.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2017870</t>
-[...5 lines deleted...]
-    <t>p. 6794-6811</t>
+    <t>1927793; 2126796</t>
+  </si>
+  <si>
+    <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -303,82 +296,80 @@
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="J2" s="0"/>
+      <c r="K2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>