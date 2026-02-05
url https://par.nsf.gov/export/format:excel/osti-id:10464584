--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10464584</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1177/1071181322661363</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Digital Privacy of Assistive Technology Users with Visual Disabilities</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Nam Kim, Hyung</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Human Factors and Ergonomics Society Annual Meeting</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1105 to 1109</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2169-5067</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>As technology is advancing, accessibility is also taken care of seriously. Many users with visual disabilities take advantage of, for example, Microsoft's Seeing AI application (app) that is equipped with artificial intelligence. The app helps people with visual disabilities to recognize objects, people, texts, and many more via a smartphone's built-in camera. As users may use the app in recognizing personally identifiable information, user privacy should carefully be treated and considered as a top priority. Yet, little is known about the user privacy issues among users with visual disabilities, such that this study aims to address the knowledge gap by conducting a questionnaire with the Seeing AI users with visual disabilities. This study found that those with visual disabilities had a lack of knowledge about user privacy policies. It is recommended to offer an adequate educational training; thus, those with visual disabilities can be well informed of user privacy policies, ultimately leading to promoting safe online behavior to protect themselves from digital privacy and security problems.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1831969</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>