--- v0 (2025-11-02)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,84 +95,87 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10465065</t>
   </si>
   <si>
     <t>https://doi.org/10.1098/rspb.2022.1897</t>
   </si>
   <si>
     <t>Sunflower sea star predation on urchins can facilitate kelp forest recovery</t>
   </si>
   <si>
-    <t>Galloway, A. W.; Gravem, S. A.; Kobelt, J. N.; Heady, W. N.; Okamoto, D. K.; Sivitilli, D. M.; Saccomanno, V. R.; Hodin, J.; Whippo, R.</t>
+    <t>Galloway, A W; Gravem, S A; Kobelt, J N; Heady, W N; Okamoto, D K; Sivitilli, D M; Saccomanno, V R; Hodin, J; Whippo, R</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2023-02-22T05:00:00Z</t>
   </si>
   <si>
     <t>Proceedings of the Royal Society B: Biological Sciences</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>0962-8452</t>
   </si>
   <si>
     <t>The recent collapse of predatory sunflower sea stars (              Pycnopodia helianthoides              ) owing to sea star wasting disease (SSWD) is hypothesized to have contributed to proliferation of sea urchin barrens and losses of kelp forests on the North American west coast. We used experiments and a model to test whether restored              Pycnopodia              populations may help recover kelp forests through their consumption of nutritionally poor purple sea urchins (              Strongylocentrotus purpuratus              ) typical of barrens.              Pycnopodia              consumed 0.68              S. purpuratus              d              −1              , and our model and sensitivity analysis shows that the magnitude of recent              Pycnopodia              declines is consistent with urchin proliferation after modest sea urchin recruitment, and even small              Pycnopodia              recoveries could generally lead to lower densities of sea urchins that are consistent with kelp-urchin coexistence.              Pycnopodia              seem unable to chemically distinguish starved from fed urchins and indeed have higher predation rates on starved urchins owing to shorter handling times. These results highlight the importance of              Pycnopodia              in regulating purple sea urchin populations and maintaining healthy kelp forests through top-down control. The recovery of this important predator to densities commonly found prior to SSWD, whether through natural means or human-assisted reintroductions, may therefore be a key step in kelp forest restoration at ecologically significant scales.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2023649</t>
+    <t>2023649; 2502554</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
+  </si>
+  <si>
+    <t>Proceedings of the Royal Society B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -329,47 +332,49 @@
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>40</v>
       </c>
-      <c r="W2" s="0"/>
+      <c r="W2" t="s" s="0">
+        <v>41</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>