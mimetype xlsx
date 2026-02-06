--- v0 (2026-01-17)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10465237</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/micmic/ozac043</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Benchmark Tests of Atom Segmentation Deep Learning Models with a Consistent Dataset</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wei, Jingrui; Blaiszik, Ben; Scourtas, Aristana; Morgan, Dane; Voyles, Paul M</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-12-23T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Microscopy and Microanalysis</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>552 to 562</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1431-9276</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            The information content of atomic-resolution scanning transmission electron microscopy (STEM) images can often be reduced to a handful of parameters describing each atomic column, chief among which is the column position. Neural networks (NNs) are high performance, computationally efficient methods to automatically locate atomic columns in images, which has led to a profusion of NN models and associated training datasets. We have developed a benchmark dataset of simulated and experimental STEM images and used it to evaluate the performance of two sets of recent NN models for atom location in STEM images. Both models exhibit high performance for images of varying quality from several different crystal lattices. However, there are important differences in performance as a function of image quality, and both models perform poorly for images outside the training data, such as interfaces with large difference in background intensity. Both the benchmark dataset and the models are available using the Foundry service for dissemination, discovery, and reuse of machine learning models.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1931298</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>