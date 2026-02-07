--- v0 (2026-01-17)
+++ v1 (2026-02-07)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10465487</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3551497</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Relational Program Logic with Data Abstraction and Dynamic Framing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Banerjee, Anindya; Nagasamudram, Ramana; Naumann, David A.; Nikouei, Mohammad</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-12-31T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Programming Languages and Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 136</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0164-0925</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Dedicated to Tony Hoare.            In a paper published in 1972, Hoare articulated the fundamental notions of hiding invariants and simulations. Hiding: invariants on encapsulated data representations need not be mentioned in specifications that comprise the API of a module. Simulation: correctness of a new data representation and implementation can be established by proving simulation between the old and new implementations using a coupling relation defined on the encapsulated state. These results were formalized semantically and for a simple model of state, though the paper claimed this could be extended to encompass dynamically allocated objects. In recent years, progress has been made toward formalizing the claim, for simulation, though mainly in semantic developments. In this article, hiding and simulation are combined with the idea in Hoare’s 1969 paper: a logic of programs. For an object-based language with dynamic allocation, we introduce a relational Hoare logic with stateful frame conditions that formalizes encapsulation, hiding of invariants, and couplings that relate two implementations. Relations and other assertions are expressed in first-order logic. Specifications can express a wide range of relational properties such as conditional equivalence and noninterference with declassification. The proof rules facilitate relational reasoning by means of convenient alignments and are shown sound with respect to a conventional operational semantics. A derived proof rule for equivalence of linked programs directly embodies representation independence. Applicability to representative examples is demonstrated using an SMT-based implementation.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1718713</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>