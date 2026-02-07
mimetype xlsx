--- v0 (2025-10-31)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10465491</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/WCNC55385.2023.10118875</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Block-Level Interference Exploitation Precoding without Symbol-by-Symbol Optimization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Li, Ang; Shen, Chao; Liao, Xuewen; Masouros, Christos; Swindlehurst, A. Lee</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proc. 2023 IEEE Wireless Communications and Networking Conference (WCNC)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 6</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Symbol-level precoding (SLP) based on the concept of constructive interference (CI) is shown to be superior to traditional block-level precoding (BLP), however at the cost of a symbol-by-symbol optimization during the precoding design. In this paper, we propose a CI-based block-level precoding (CI-BLP) scheme for the downlink transmission of a multi-user multiple-input single-output (MU-MISO) communication system, where we design a constant precoding matrix to a block of symbol slots to exploit CI for each symbol slot simultaneously. A single optimization problem is formulated to maximize the minimum CI effect over the entire block, thus reducing the computational cost of traditional SLP as the optimization problem only needs to be solved once per block. By leveraging the Karush-Kuhn-Tucker (KKT) conditions and the dual problem formulation, the original optimization problem is finally shown to be equivalent to a quadratic programming (QP) over a simplex. Numerical results validate our derivations and exhibit superior performance for the proposed CI-BLP scheme over traditional BLP and SLP methods, thanks to the relaxed block-level power constraint.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2008724</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>