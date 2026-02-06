--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10465944</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3563703.3596633</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Exposing Tensions in Documentary Filmmaking for Design Research: The Inner Ear Shorts</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Olson, Wyatt; El Shabazz-Thompson, Freesoul; Wells, Melanie; Yee, Janey; Saimo, Julia R; Xiong, Bill; Craft, Brock; Desjardins, Audrey</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>DIS '23 Companion: Companion Publication of the 2023 ACM Designing Interactive Systems Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>198 to 202</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Documentary filmmaking is inherently subjective. The filmmaking team decides when to film, how to angle the camera, how to edit, and what narrative to put forward. At the same time, documentary filmmaking has a capacity for sharing people's experiences, expressing emotion, and foregrounding context through image, sound, and movement. In this paper, we discuss the tensions with using documentary filmmaking as a method for documentation as well as dissemination in design research. We present our approach to creating a series of 12 documentary shorts in the context of the Inner Ear project. The Inner Ear is a data physicalization project that invites participants to capture vibrations in their homes, which are then materialized as porcelain sculptures. We articulate the pressures and uncertainties of filming, and the responsibility of building narrative through editing. Finally, we discuss the generative but conflicting goals of combining research documentation with public dissemination via documentary filmmaking.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1947696</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>