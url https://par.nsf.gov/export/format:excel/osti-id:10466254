--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10466254</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/rs15133301</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Early Detection of Wheat Yellow Rust Disease and Its Impact on Terminal Yield with Multi-Spectral UAV-Imagery</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Nguyen, Canh; Sagan, Vasit; Skobalski, Juan; Severo, Juan Ignacio</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Remote Sensing</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>3301</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2072-4292</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The food production system is vulnerable to diseases more than ever, and the threat is increasing in an era of climate change that creates more favorable conditions for emerging diseases. Fortunately, scientists and engineers are making great strides to introduce farming innovations to tackle the challenge. Unmanned aerial vehicle (UAV) remote sensing is among the innovations and thus is widely applied for crop health monitoring and phenotyping. This study demonstrated the versatility of aerial remote sensing in diagnosing yellow rust infection in spring wheats in a timely manner and determining an intervenable period to prevent yield loss. A small UAV equipped with an aerial multispectral sensor periodically flew over, and collected remotely sensed images of, an experimental field in Chacabuco (−34.64; −60.46), Argentina during the 2021 growing season. Post-collection images at the plot level were engaged in a thorough feature-engineering process by handcrafting disease-centric vegetation indices (VIs) from the spectral dimension, and grey-level co-occurrence matrix (GLCM) texture features from the spatial dimension. A machine learning pipeline entailing a support vector machine (SVM), random forest (RF), and multilayer perceptron (MLP) was constructed to identify locations of healthy, mild infection, and severe infection plots in the field. A custom 3-dimensional convolutional neural network (3D-CNN) relying on the feature learning mechanism was an alternative prediction method. The study found red-edge (690–740 nm) and near infrared (NIR) (740–1000 nm) as vital spectral bands for distinguishing healthy and severely infected wheats. The carotenoid reflectance index 2 (CRI2), soil-adjusted vegetation index 2 (SAVI2), and GLCM contrast texture at an optimal distance d = 5 and angular direction θ = 135° were the most correlated features. The 3D-CNN-based wheat disease monitoring performed at 60% detection accuracy as early as 40 days after sowing (DAS), when crops were tillering, increasing to 71% and 77% at the later booting and flowering stages (100–120 DAS), and reaching a peak accuracy of 79% for the spectral-spatio-temporal fused data model. The success of early disease diagnosis from low-cost multispectral UAVs not only shed new light on crop breeding and pathology but also aided crop growers by informing them of a prevention period that could potentially preserve 3–7% of the yield at the confidence level of 95%.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2133407</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>