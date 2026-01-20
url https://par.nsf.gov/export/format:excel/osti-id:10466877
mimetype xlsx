--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2023-08-01T04:00:00Z</t>
   </si>
   <si>
     <t>Ecography</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>0906-7590</t>
   </si>
   <si>
     <t>More than two billion birds migrate through the Gulf of Mexico each spring en route to breeding grounds in the USA and Canada. This region has a long history of complex natural and anthropogenic environments as the northern Gulf coast provides the first possible stopover habitats for migrants making nonstop trans‐Gulf crossings during spring migration. However, intense anthropogenic activity in the region, which is expanding rapidly at present, makes migrants vulnerable to a multitude of obstacles and increasingly fragments and alters these habitats. Understanding the timing of migrants' overwater arrivals has biological value for expanding our understanding of migration ecology relative to decision‐making for nonstop flights, and is imperative for advancing conservation of this critical region through the identification of key times in which to direct conservation actions (e.g. temporary halting of wind turbines, reduction of light pollution). We explored 10 years of weather surveillance radar data from five sites along the northern Gulf of Mexico coast to quantify the daily timing and intensity of arriving trans‐Gulf migrants. On a daily scale, we found that migrant intensity peaked an average of nine hours after local sunrise, occurring earliest at easternmost sites. On a seasonal level, the greatest number of arrivals occurred between late April and early May, with peak intensity occurring latest at westernmost sites. Overall intensity of migration across all 10 years of data was greatest at the westernmost sites and decreased moving farther to the east. These findings emphasize the differential spatial and temporal patterns of use of the Gulf of Mexico region by migrating birds, information that is essential for improving our understanding of the ecology of trans‐Gulf migration and for supporting data‐driven approaches to conservation actions for the migratory birds passing through this critical region.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2123405</t>
+    <t>2123405; 2017554</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Nordic Society Oikos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>