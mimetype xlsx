--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10467075</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Corpus-Based Relation Extraction by Identifying and Refining Relation Patterns</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sizhe Zhou, Suyu Ge</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Proc. 2023 European Conf. on Machine Learning and Principles and Practice of Knowledge Discovery in Databases (ECMLPKDD’23), Turin</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-09-18T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Automated relation extraction without extensive human-annotated data is a crucial yet challenging task in text mining. Existing studies typically use lexical patterns to label a small set of high-precision relation triples and then employ distributional methods to enhance detection recall. This precision-first approach works well for common relation types but struggles with unconventional and infrequent ones. In this work, we propose a recall-first approach that first leverages high-recall patterns (e.g., a per:siblings relation normally requires both the head and tail entities in the person type) to provide initial candidate relation triples with weak labels and then clusters these candidate relation triples in a latent spherical space to extract high-quality weak supervisions. Specifically, we present a novel framework, RCLUS, where each relation triple is represented by its head/tail entity type and the shortest dependency path between the entity mentions. RCLUS first applies high-recall patterns to narrow down each relation type’s candidate space. Then, it embeds candidate relation triples in a latent space and conducts spherical clustering to further filter out noisy candidates and identify high-quality weakly-labeled triples. Finally, RCLUS leverages the above-obtained triples to prompt-tune a pre-trained language model and utilizes it for improved extraction coverage. We conduct extensive experiments on three public datasets and demonstrate that RCLUS outperforms the weakly-supervised baselines by a large margin and achieves generally better performance than fully-supervised methods in low-resource settings.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1956151; 1741317; 1704532</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Torino, Italy</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>