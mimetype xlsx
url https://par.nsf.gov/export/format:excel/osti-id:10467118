--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10467118</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1029/2022EA002298</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Geoscience Education Perspectives on Integrated, Coordinated, Open, Networked (ICON) Science</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Fortner, Sarah K.; Manduca, Cathryn A.; Ali, Hendratta N.; Saup, Casey M.; Nyarko, Samuel C.; Othus‐Gault, Shannon; Perera, Viranga; Tong, Vincent C.; Gold, Anne U.; Furman, Tanya; Arthurs, Leilani; Mulvey, Bridget K.; St. John, Kristen; Singley, Joel G.; Johnson, Elijah Thomas; Witter, Molly; Batchelor, Rebecca L.; Carter, Deron T.; Damas, M. Chantale; LeMay, Lynsey; Layou, Karen M.; Low, Russanne; Wang, Hui Hui; Olson‐Sawyer, Kai; Pallant, Amy; Ryker, Katherine; Lukes, Laura; LaDue, Nicole; Ryker, Katherine; van der Hoeven Kraft, Kaatje J.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Conceptual Team:; DEIJ Writing Leads:; Geoscience Education Practice Writing Leads:; Geoscience Education Research Writing Leads:; DEIJ Writing Team:; Geoscience Education Practice Writing Team:; Geoscience Education Research Writing Team:</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Earth and Space Science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2333-5084</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Practitioners and researchers in geoscience education embrace collaboration applying ICON (Integrated, Coordinated, Open science, and Networked) principles and approaches which have been used to create and share large collections of educational resources, to move forward collective priorities, and to foster peer‐learning among educators. These strategies can also support the advancement of coproduction between geoscientists and diverse communities. For this reason, many authors from the geoscience education community have co‐created three commentaries on the use and future of ICON in geoscience education. We envision that sharing our expertise with ICON practice will be useful to other geoscience communities seeking to strengthen collaboration. Geoscience education brings substantial expertise in social science research and its application to building individual and collective capacity to address earth sustainability and equity issues at local to global scales The geoscience education community has expanded its own ICON capacity through access to and use of shared resources and research findings, enhancing data sharing and publication, and leadership development. We prioritize continued use of ICON principles to develop effective and inclusive communities that increase equity in geoscience education and beyond, support leadership and full participation of systemically non‐dominant groups and enable global discussions and collaborations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1821709</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Earth and Space Science</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>