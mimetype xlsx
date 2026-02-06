--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10467126</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3605145</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Deep Learning Models for Serendipity Recommendations: A Survey and New Perspectives</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Fu, Zhe; Niu, Xi; Maher, Mary Lou</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-31T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Computing Surveys</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 26</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0360-0300</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Serendipitous recommendations have emerged as a compelling approach to deliver users with unexpected yet valuable information, contributing to heightened user satisfaction and engagement. This survey presents an investigation of the most recent research in serendipity recommenders, with a specific emphasis on deep learning recommendation models. We categorize these models into three types, distinguishing their integration of the serendipity objective across distinct stages: pre-processing, in-processing, and post-processing. Additionally, we provide a review and summary of the serendipity definition, available ground truth datasets, and evaluation experiments employed in the field. We propose three promising avenues for future exploration: (1) leveraging user reviews to identify and explore serendipity, (2) employing reinforcement learning to construct a model for discerning appropriate timing for serendipitous recommendations, and (3) utilizing cross-domain learning to enhance serendipitous recommendations. With this review, we aim to cultivate a deeper understanding of serendipity in recommender systems and inspire further advancements in this domain.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1910696</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>