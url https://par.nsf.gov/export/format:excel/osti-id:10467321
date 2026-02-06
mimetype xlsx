--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10467321</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3591245</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Verified Density Compilation for a Probabilistic Programming Language</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tassarotti, Joseph; Tristan, Jean-Baptiste</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-06T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Programming Languages</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>PLDI</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>615 to 637</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2475-1421</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This paper presents ProbCompCert, a compiler for a subset of the Stan probabilistic programming language (PPL), in which several key compiler passes have been formally verified using the Coq proof assistant. Because of the probabilistic nature of PPLs, bugs in their compilers can be difficult to detect and fix, making verification an interesting possibility. However, proving correctness of PPL compilation requires new techniques because certain transformations performed by compilers for PPLs are quite different from other kinds of languages. This paper describes techniques for verifying such transformations and their application in ProbCompCert. In the course of verifying ProbCompCert, we found an error in the Stan language reference manual related to the semantics and implementation of a key language construct.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2106559</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>