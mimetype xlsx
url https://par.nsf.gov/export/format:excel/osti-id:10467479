--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10467479</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/oik.08899</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Repeated extreme droughts decrease root production, but not the potential for post‐drought recovery of root production, in a mesic grassland</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Slette, Ingrid J.; Hoover, David L.; Smith, Melinda D.; Knapp, Alan K.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Oikos</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0030-1299</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Global climate change is expected to cause more frequent extreme droughts in many parts of the world. Despite the crucial role of roots in water acquisition and plant survival, our understanding of ecosystem vulnerability to drought is primarily based on aboveground impacts. As return intervals between droughts decrease, root responses to one drought might alter responses to subsequent droughts, but this remains unresolved. We conducted a seven‐year experiment that imposed extreme drought (growing season precipitation reduced 66%) in a mesic grassland. Plots were droughted during years 1–2 (‘Drought 1'), or years 5–6 (‘Drought 2') or both. We quantified root production during year 6 (final year of Drought 2) and year 7 (first year after Drought 2), when all plots received ambient precipitation. We found that repeated drought decreased root mass production more than twice as much as a single drought (−63% versus −27%, respectively, relative to ambient precipitation). Root mass production of the dominant C&lt;sub&gt;4&lt;/sub&gt;grass&lt;italic&gt;Andropogon gerardii&lt;/italic&gt;did not decrease significantly with either one or two droughts.&lt;italic&gt;A. gerardii&lt;/italic&gt;root traits differed from subdominant species on average across all treatments, but drought did not alter root traits of either&lt;italic&gt;A. gerardii&lt;/italic&gt;or the subdominant species (collectively). In year 6, root production in plots droughted 4 years ago had not recovered (−21% versus control), but root production recovered in all formerly droughted plots in year 7, when precipitation was above average. Our results highlight the complexity of root responses to drought. Drought‐induced reductions in root production can persist for years after drought and repeated drought can reduce production even further, but this does not preclude rapid recovery of root production in a wet year.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2025849</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Oikos</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>