--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10467781</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.14778/3561261.3561263</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The case for distributed shared-memory databases with RDMA-enabled memory disaggregation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Ruihong; Wang, Jianguo; Idreos, Stratos; Özsu, M. Tamer; Aref, Walid G.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the VLDB Endowment</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>15 to 22</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2150-8097</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Memory disaggregation (MD) allows for scalable and elastic data center design by separating compute (CPU) from memory. With MD, compute and memory are no longer coupled into the same server box. Instead, they are connected to each other via ultra-fast networking such as RDMA. MD can bring many advantages, e.g., higher memory utilization, better independent scaling (of compute and memory), and lower cost of ownership. This paper makes the case that MD can fuel the next wave of innovation on database systems. We observe that MD revives the great debate of shared what in the database community. We envision that&lt;italic&gt;distributed shared-memory databases (DSM-DB, for short)&lt;/italic&gt;- that have not received much attention before - can be promising in the future with MD. We present a list of challenges and opportunities that can inspire next steps in system design making the case for DSM-DB.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1815796; 1910216</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>VLDB Endowment. Proceedings of the VLDB Endowment</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>