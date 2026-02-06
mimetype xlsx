--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10468147</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Kernel-Based View of Language Model Fine-Tuning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Malladi, Sadhika; Wettig, Alexander; Yu, Dingli; Chen, Danqi; Arora, Sanjeev.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>202</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>23610-23641</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>It has become standard to solve NLP tasks by fine-tuning pre-trained language models (LMs), especially in low-data settings. There is minimal theoretical understanding of empirical success, e.g., why fine-tuning a model with $10^8$ or more parameters on a couple dozen training points does not result in overfitting. We investigate whether the Neural Tangent Kernel (NTK)—which originated as a model to study the gradient descent dynamics of infinitely wide networks with suitable random initialization—describes fine-tuning of pre-trained LMs. This study was inspired by the decent performance of NTK for computer vision tasks (Wei et al., 2022). We extend the NTK formalism to Adam and use Tensor Programs (Yang, 2020) to characterize conditions under which the NTK lens may describe fine-tuning updates to pre-trained language models. Extensive experiments on 14 NLP tasks validate our theory and show that formulating the downstream task as a masked word prediction problem through prompting often induces kernel-based dynamics during fine-tuning. Finally, we use this kernel view to propose an explanation for the success of parameter-efficient subspace-based fine-tuning methods.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2211779</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 40th International Conference on Machine Learning</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>