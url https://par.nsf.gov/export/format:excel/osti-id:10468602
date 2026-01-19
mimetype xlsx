--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2023-08-24T04:00:00Z</t>
   </si>
   <si>
     <t>EMBO reports</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>1469-221X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Owing to advances in genome sequencing, genome stability has become one of the most scrutinized cellular traits across the Tree of Life. Despite its centrality to all things biological, the mutation rate (per nucleotide site per generation) ranges over three orders of magnitude among species and several‐fold within individual phylogenetic lineages. Within all major organismal groups, mutation rates scale negatively with the effective population size of a species and with the amount of functional DNA in the genome. This relationship is most parsimoniously explained by the drift‐barrier hypothesis, which postulates that natural selection typically operates to reduce mutation rates until further improvement is thwarted by the power of random genetic drift. Despite this constraint, the molecular mechanisms underlying DNA replication fidelity and repair are free to wander, provided the performance of the entire system is maintained at the prevailing level. The evolutionary flexibility of the mutation rate bears on the resolution of several prior conundrums in phylogenetic and population‐genetic analysis and raises challenges for future applications in these areas.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2119963</t>
+    <t>2119963; 1927159</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Nature Publishing Group</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>