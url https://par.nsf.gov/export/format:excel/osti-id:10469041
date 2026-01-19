--- v0 (2025-10-31)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,88 +95,91 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10469041</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/cdev.13793</t>
   </si>
   <si>
     <t>The development of early numeracy in deaf and hard of hearing children acquiring spoken language</t>
   </si>
   <si>
-    <t>Shusterman, Anna [Wesleyan University  Middletown Connecticut USA] (ORCID:0000000235839549); Peretz‐Lange, Rebecca [Wesleyan University  Middletown Connecticut USA, SUNY Purchase  Purchase New York USA] (ORCID:0000000208700912); Berkowitz, Talia [Wesleyan University  Middletown Connecticut USA, University of Chicago  Chicago Illinois USA]; Carrigan, Emily [University of North Carolina at Greensboro  Greensboro North Carolina USA]</t>
+    <t>Shusterman, Anna (ORCID:0000000235839549); Peretz-Lange, Rebecca (ORCID:0000000208700912); Berkowitz, Talia; Carrigan, Emily</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-06-21T04:00:00Z</t>
+    <t>2022-08-30T04:00:00Z</t>
   </si>
   <si>
     <t>Child Development</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>0009-3920</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
- &lt;p&gt;Most deaf and hard‐of‐hearing (DHH) children are born to hearing parents and steered toward spoken rather than signed language, introducing a delay in language access. This study investigated the effects of this delay on number acquisition. DHH children (&lt;italic&gt;N&lt;/italic&gt; = 44, mean&lt;sub&gt;age&lt;/sub&gt; = 58 months, 21F, &gt;50% White) and typically‐hearing (TH) children (&lt;italic&gt;N&lt;/italic&gt; = 79, mean&lt;sub&gt;age&lt;/sub&gt; = 49 months, 51F, &gt;50% White) were assessed on number and language in 2011–13. DHH children showed similar trajectories to TH children but delayed timing; a binary logistic regression showed that the odds of being a cardinal‐principle (CP) knower were 17 times higher for TH children than DHH children, controlling for age (&lt;italic&gt;d&lt;/italic&gt; = .69). Language fully mediated the association between deaf/hearing group and number knowledge, suggesting that language access sets the pace for number acquisition.&lt;/p&gt;</t>
+ &lt;p&gt;Most deaf and hard-of-hearing (DHH) children are born to hearing parents and steered toward spoken rather than signed language, introducing a delay in language access. This study investigated the effects of this delay on number acquisition. DHH children (N = 44, meanage = 58 months, 21F, &amp;gt;50% White) and typically-hearing (TH) children (N = 79, meanage = 49 months, 51F, &amp;gt;50% White) were assessed on number and language in 2011–13. DHH children showed similar trajectories to TH children but delayed timing; a binary logistic regression showed that the odds of being a cardinal-principle (CP) knower were 17 times higher for TH children than DHH children, controlling for age (d = .69). Language fully mediated the association between deaf/hearing group and number knowledge, suggesting that language access sets the pace for number acquisition.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2010547</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
+    <t>p. e468-e483</t>
+  </si>
+  <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley-Blackwell</t>
+    <t>Oxford University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -324,58 +327,58 @@
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>