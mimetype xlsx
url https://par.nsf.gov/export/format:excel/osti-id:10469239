--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10469239</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3591272</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>CryptOpt: Verified Compilation with Randomized Program Search for Cryptographic Primitives</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kuepper, Joel; Erbsen, Andres; Gross, Jason; Conoly, Owen; Sun, Chuyue; Tian, Samuel; Wu, David; Chlipala, Adam; Chuengsatiansup, Chitchanok; Genkin, Daniel; Wagner, Markus; Yarom, Yuval</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-06T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Programming Languages</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>PLDI</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1268 to 1292</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2475-1421</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Most software domains rely on compilers to translate high-level code to multiple different machine languages, with performance not too much worse than what developers would have the patience to write directly in assembly language. However, cryptography has been an exception, where many performance-critical routines have been written directly in assembly (sometimes through metaprogramming layers). Some past work has shown how to do formal verification of that assembly, and other work has shown how to generate C code automatically along with formal proof, but with consequent performance penalties vs. the best- known assembly. We present CryptOpt, the first compilation pipeline that specializes high-level cryptographic functional programs into assembly code significantly faster than what GCC or Clang produce, with mechanized proof (in Coq) whose final theorem statement mentions little beyond the input functional program and the operational semantics of x86-64 assembly. On the optimization side, we apply randomized search through the space of assembly programs, with repeated automatic benchmarking on target CPUs. On the formal-verification side, we connect to the Fiat Cryptography framework (which translates functional programs into C-like IR code) and extend it with a new formally verified program-equivalence checker, incorporating a modest subset of known features of SMT solvers and symbolic-execution engines. The overall prototype is quite practical, e.g. producing new fastest-known implementations of finite-field arithmetic for both Curve25519 (part of the TLS standard) and the Bitcoin elliptic curve secp256k1 for the Intel 12𝑡ℎ and 13𝑡ℎ generations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2130671</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>