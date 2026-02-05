--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10469288</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3587281.3587285</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>“I stepped into a puddle”: Non-Visual Texting in Nomadic Contexts</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Karimi, Pegah; Brady, Erin; Martin-Hammond, Aqueasha; Bolchini, Davide</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>W4A '23: Proceedings of the 20th International Web for All Conference April 2023 Pages 32–43</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-04-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>32 to 43</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400707483</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Despite growing interest in accessible texting for people who are blind and visually impaired (BVI), little is known about the practice of texting when on the move, and especially while using assistive technologies. To address this gap, we conducted an interview-based study with 20 BVIs who text while travelling. Our findings revealed that participants engage in text outside their home in four recurrent situations: walking to a destination, waiting for public transportation, riding in a vehicle, or approaching a point of interest. Moreover, to safely send a text, participants express the need for receiving a range of information about their surroundings, including the distance to destination, upcoming obstacles, traffic jams, and weather conditions. Based on these findings, we examine three modes of situational feedback cues to integrate with messaging applications: text-based, sound effects, and tactile. Our work discusses design directions to enhance the texting experience in nomadic contexts for people who are blind and visually impaired.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1909845</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Austin TX USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>