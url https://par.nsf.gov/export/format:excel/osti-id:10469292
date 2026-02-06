--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10469292</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/IBDAP58581.2023.10271940</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Data-To-Question Generation Using Deep Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Koshy, Nicole Rachel; Dixit, Anshuman; Jadhav, Siddhi Shrikant; Penmatsa, Arun V; Samanthapudi, Sagar V; Kumar, Mothi Gowtham; Anuyah, Sydney Oghenetega; Vemula, Gourav; Herzog, Patricia Snell; Bolchini, Davide</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>International_Conference_on_Big_Data_Analytics_and_Practices_IBDAP</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-08-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 6</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-3503-0019-2</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Many publicly available datasets exist that can provide factual answers to a wide range of questions that benefit the public. Indeed, datasets created by governmental and nongovernmental organizations often have a mandate to share data with the public. However, these datasets are often underutilized by knowledge workers due to the cumbersome amount of expertise and embedded implicit information needed for everyday users to access, analyze, and utilize their information. To seek solutions to this problem, this paper discusses the design of an automated process for generating questions that provide insight into a dataset. Given a relational dataset, our prototype system architecture follows a five-step process from data extraction, cleaning, pre-processing, entity recognition using deep learning, and questions formulation. Through examples of our results, we show that the questions generated by our approach are similar and, in some cases, more accurate than the ones generated by an AI engine like ChatGPT, whose question outputs while more fluent, are often not true to the facts represented in the original data. We discuss key limitations of our approach and the work to be done to bring to life a fully generalized pipeline that can take any data set and automatically provide the user with factual questions that the data can answer.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1909845; 1934942</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Bangkok, Thailand</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>