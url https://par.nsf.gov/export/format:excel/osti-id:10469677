--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10469677</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3568813.3600132</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Chronicles of Exploration: Examining the Materiality of Computational Artifacts</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Johnson, Michael J; Castro, Francisco Enrique; DiSalvo, Betsy; DesPortes, Kayla</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-08-07T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>29 to 47</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9781450399760</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Artistic computing learning environments have been of central importance in the exploration of how to support equity and inclusion in computing. Explorations within e-textiles, music, and interactive media, for example, have created diverse opportunities for learning how to program while creating culturally relevant artifacts. However, there is a gap in our understanding of the design processes of learners in these constructionist environments, including how the computational artifacts and their components impact the learning processes and the ways they build meaning and agency with computing. We advocate for research to attend more closely to the materiality of the computational materials to understand how they impact the social and cultural dimensions in which students are learning. In this paper, we present an analysis of 6 high school learners’ experiences within a co-designed arts and computing curriculum. Our analyses highlight how the materiality of the components impacted the ways in which learners developed personal and epistemological connections to computing based on how it enabled them to connect to their interests, represent their ideas, engage with their community, and overcome or navigate around challenges to get to their final designs. We demonstrate how centralizing the materiality in the design of computational construction kits can inform how we support agency and engagement with computing.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2008116</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Chicago IL USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>