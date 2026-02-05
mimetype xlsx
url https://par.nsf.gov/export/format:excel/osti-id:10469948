--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10469948</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1080/10508406.2023.2228990</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Reconfiguring science education through caring human inquiry and design with pets</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Parekh, Priyanka; Polman, Joseph L.; Kane, Shaun; Shapiro, R. Benjamin</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-08-22T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of the Learning Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 47</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1050-8406</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>BACKGROUND: Natureculture (Haraway, 2003; Fuentes, 2010) constructs offer a powerful framework for science education to explore learners’ interactions with and understanding of the natural world. Technologies such as Augmented Reality (AR) designed to reveal pets’ sensory worlds and companionship with pets can facilitate learners’ harmonious relationships with significant others in naturecultures. METHODS: At a two-week virtual summer camp, we engaged teens in inquiring into dogs’ and cats’ senses using selective color filters, investigations, experience design projects, and understanding how the umwelt (von Uexküll, 2001) of pets impacts their lives with humans. We qualitatively analyzed participants’ talk, extensive notes, and projects completed at the workshop. FINDINGS: We found that teens engaged in the science and engineering practices of planning and carrying out investigations, constructing explanations and designing solutions, and questioning while investigating specific aspects of their pets’ lives. Further, we found that teens checking and taking pets’ perspectives while caring for them shaped their productive engagement in these practices. The relationship between pets and humans facilitated an ecological and relational approach to science learning. CONTRIBUTION: Our findings suggest that relational practices of caring and perspective-taking coexist with scientific practices and enrich scientific inquiry.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1736051</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Taylor &amp; Francis, Journal of the Learning Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>