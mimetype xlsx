--- v0 (2026-01-20)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,99 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10299953</t>
-[...8 lines deleted...]
-    <t>Ruiz-Macias, Omar; Zarrouk, Pauline; Cole, Shaun; Baugh, Carlton M; Norberg, Peder; Lucey, John; Dey, Arjun; Eisenstein, Daniel J; Doel, Peter; Gaztañaga, Enrique; Hahn, ChangHoon; Kehoe, Robert; Kitanidis, Ellie; Landriau, Martin; Lang, Dustin; Moustakas, John; Myers, Adam D; Prada, Francisco; Schubnell, Michael; Weinberg, David H; Wilson, M J</t>
+    <t>10471623</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3389/fnbeh.2022.930216</t>
+  </si>
+  <si>
+    <t>Heterozygous Deletion of Epilepsy Gene KCNQ2 Has Negligible Effects on Learning and Memory</t>
+  </si>
+  <si>
+    <t>Tracy, Gregory C.; Wilton, Angelina R.; Rhodes, Justin S.; Chung, Hee Jung</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>null</t>
-[...20 lines deleted...]
-    <t>ABSTRACT            We present the steps taken to produce a reliable and complete input galaxy catalogue for the Dark Energy Spectroscopic Instrument (DESI) Bright Galaxy Survey (BGS) using the photometric Legacy Survey DR8 DECam. We analyse some of the main issues faced in the selection of targets for the DESI BGS, such as star–galaxy separation, contamination by fragmented stars and bright galaxies. Our pipeline utilizes a new way to select BGS galaxies using Gaia photometry and we implement geometrical and photometric masks that reduce the number of spurious objects. The resulting catalogue is cross-matched with the Galaxy And Mass Assembly (GAMA) survey to assess the completeness of the galaxy catalogue and the performance of the target selection. We also validate the clustering of the sources in our BGS catalogue by comparing with mock catalogues and the Sloan Digital Sky Survey (SDSS) data. Finally, the robustness of the BGS selection criteria is assessed by quantifying the dependence of the target galaxy density on imaging and other properties. The largest systematic correlation we find is a 7 per cent suppression of the target density in regions of high stellar density.</t>
+    <t>2022-07-19T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Frontiers in Behavioral Neuroscience</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>1662-5153</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Neuronal K&lt;sub&gt;v&lt;/sub&gt;7/Potassium Voltage-Gated Channel Subfamily Q (KCNQ) potassium channels underlie M-current that potently suppresses repetitive and burst firing of action potentials (APs). They are mostly heterotetramers of K&lt;sub&gt;v&lt;/sub&gt;7.2 and K&lt;sub&gt;v&lt;/sub&gt;7.3 subunits in the hippocampus and cortex, the brain regions important for cognition and behavior. Underscoring their critical roles in inhibiting neuronal excitability, autosomal dominantly inherited mutations in Potassium Voltage-Gated Channel Subfamily Q Member 2 (&lt;italic&gt;KCNQ2&lt;/italic&gt;) and Potassium Voltage-Gated Channel Subfamily Q Member 3 (&lt;italic&gt;KCNQ3&lt;/italic&gt;) genes are associated with benign familial neonatal epilepsy (BFNE) in which most seizures spontaneously remit within months without cognitive deficits.&lt;italic&gt;De novo&lt;/italic&gt;mutations in&lt;italic&gt;KCNQ2&lt;/italic&gt;also cause epileptic encephalopathy (EE), which is characterized by persistent seizures that are often drug refractory, neurodevelopmental delay, and intellectual disability. Heterozygous expression of EE variants of&lt;italic&gt;KCNQ2&lt;/italic&gt;is recently shown to induce spontaneous seizures and cognitive deficit in mice, although it is unclear whether this cognitive deficit is caused directly by K&lt;sub&gt;v&lt;/sub&gt;7 disruption or by persistent seizures in the developing brain as a consequence of K&lt;sub&gt;v&lt;/sub&gt;7 disruption. In this study, we examined the role of K&lt;sub&gt;v&lt;/sub&gt;7 channels in learning and memory by behavioral phenotyping of the&lt;italic&gt;KCNQ&lt;/italic&gt;2&lt;sup&gt;+/−&lt;/sup&gt;mice, which lack a single copy of&lt;italic&gt;KCNQ2&lt;/italic&gt;but dos not display spontaneous seizures. We found that both&lt;italic&gt;KCNQ&lt;/italic&gt;2&lt;sup&gt;+/−&lt;/sup&gt;and wild-type (WT) mice showed comparable nociception in the tail-flick assay and fear-induced learning and memory during a passive inhibitory avoidance (IA) test and contextual fear conditioning (CFC). Both genotypes displayed similar object location and recognition memory. These findings together provide evidence that heterozygous loss of&lt;italic&gt;KCNQ2&lt;/italic&gt;has minimal effects on learning or memory in mice in the absence of spontaneous seizures.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2009735</t>
-[...2 lines deleted...]
-    <t>2021</t>
+    <t>1735252</t>
+  </si>
+  <si>
+    <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
+  </si>
+  <si>
+    <t>Frontiers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -291,93 +285,91 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="J2" s="0"/>
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>37</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="P2" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="W2" s="0"/>
+        <v>39</v>
+      </c>
+      <c r="W2" t="s" s="0">
+        <v>40</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>