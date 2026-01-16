--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10471745</t>
   </si>
   <si>
     <t>https://doi.org/10.1177/23326492231206384</t>
   </si>
   <si>
     <t>The Racializing Work of Cultural Narratives: An Analysis of Colorblind Frames of Puerto Rican Climate Migrants</t>
   </si>
   <si>
-    <t>Aranda, Elizabeth [University of South Florida, Tampa, FL, USA] (ORCID:0000000305247216); Blackwell, Rebecca [University of South Florida, Tampa, FL, USA] (ORCID:0000000329632303)</t>
+    <t>Aranda, Elizabeth (ORCID:0000000305247216); Blackwell, Rebecca (ORCID:0000000329632303)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2023-10-30T04:00:00Z</t>
   </si>
   <si>
     <t>Sociology of Race and Ethnicity</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2332-6492</t>
   </si>
   <si>
     <t>&lt;p&gt;Using narrative analysis, this article examines the relationship between coloniality and racializing characterizations of Puerto Ricans, on the one hand, and taken-for-granted formula stories about U.S. national identity and morality, on the other. Our analysis draws from two data sets: 21 newspaper articles published in a Florida newspaper in the aftermath of Hurricane Maria about the needs and conditions of climate migrants from Puerto Rico and 54 interviews with Puerto Rican climate migrants who relocated to Florida after the hurricane struck the archipelago in 2017. This multilevel analysis explores prevailing colorblind racism frames that circulate across levels of social life embedded in stories that appeal to cultural ways of thinking and feeling about the world. Our findings show how colorblind frames in broadly shared narratives can reinforce racial scripts and perpetuate ethnoracial inequality. They also show that the broad circulation of such narratives at cultural, institutional, and interpersonal levels renders the racialization process less discernible.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>