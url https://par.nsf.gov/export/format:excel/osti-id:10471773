--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10471773</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/e25060839</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Efficient Discretization of Optimal Transport</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Junqi; Wang, Pei; Shafto, Patrick</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Entropy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>839</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1099-4300</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Obtaining solutions to optimal transportation (OT) problems is typically intractable when marginal spaces are continuous. Recent research has focused on approximating continuous solutions with discretization methods based on i.i.d. sampling, and this has shown convergence as the sample size increases. However, obtaining OT solutions with large sample sizes requires intensive computation effort, which can be prohibitive in practice. In this paper, we propose an algorithm for calculating discretizations with a given number of weighted points for marginal distributions by minimizing the (entropy-regularized) Wasserstein distance and providing bounds on the performance. The results suggest that our plans are comparable to those obtained with much larger numbers of i.i.d. samples and are more efficient than existing alternatives. Moreover, we propose a local, parallelizable version of such discretizations for applications, which we demonstrate by approximating adorable images.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2117429</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>MDPI</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>