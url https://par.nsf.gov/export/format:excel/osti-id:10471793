--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10471793</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Towards Situated Communication in Multi-Step Interactions: Time is a Key Pressure in Communication Emergence</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kalinowska, Aleksandra; Davoodi, Elnaz; Mathewson, Kory W.; Murphey, Todd; Pilarski, Patrick M.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Annual Meeting of the Cognitive Science Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Enabling efficient communication in artificial agents brings us closer to machines that can cooperate with each other and with human partners. Hand-engineered approaches have substantial limitations, leading to increased interest in methods for communication to emerge autonomously between artificial agents. Most of the research in the field explores unsituated communication in one-step referential tasks. The tasks are not temporally interactive and lack time pressures typically present in natural communication and language learning. In these settings, agents can successfully learn what to communicate but not when or whether to communicate. Here, we extend the literature by assessing emergence of communication between reinforcement learning agents in a temporally interactive, cooperative task of navigating a gridworld environment. We show that, through multi-step interactions, agents develop just-in-time messaging protocols that enable them to successfully solve the task. With memory—which provides flexibility around message timing—agent pairs converge to a look-ahead communication protocol, finding an optimal solution to the task more quickly than without memory. Lastly, we explore situated communication, enabling the acting agent to choose when and whether to communicate. With the opportunity cost of forgoing an action to communicate, the acting agent learns to solicit information sparingly, in line with the Gricean Maxim of quantity. Our results point towards the importance of studying language emergence through situated communication in multi-step interactions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1837515</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Cognitive Science Society, https://escholarship.org/uc/item/61k7486v</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>