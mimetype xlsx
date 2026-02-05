--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10472062</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3555556</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Privacy Research with Marginalized Groups: What We Know, What's Needed, and What's Next</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sannon, Shruti; Forte, Andrea</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-11-07T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Human-Computer Interaction</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>CSCW2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 33</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2573-0142</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;People who are marginalized experience disproportionate harms when their privacy is violated. Meeting their needs is vital for developing equitable and privacy-protective technologies. In response, research at the intersection of privacy and marginalization has acquired newfound urgency in the HCI and social computing community. In this literature review, we set out to understand how researchers have investigated this area of study. What topics have been examined, and how? What are the key findings and recommendations? And, crucially, where do we go from here? Based on a review of papers on privacy and marginalization published between 2010-2020 across HCI, Communication, and Privacy-focused venues, we make three main contributions: (1) we identify key themes in existing work and introduce the Privacy Responses and Costs framework to describe the tensions around protecting privacy in marginalized contexts, (2) we identify understudied research topics (e.g., race) and other avenues for future work, and (3) we characterize trends in research practices, including the under-reporting of important methodological choices, and provide suggestions to establish shared best practices for this growing research area.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2031951; 1703049</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Human-Computer Interaction (CSCW2)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>