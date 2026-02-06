--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10472262</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/TVCG.2023.3327172</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>DIVI: Dynamically Interactive Visualization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Snyder, Luke S.; Heer, Jeffrey</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Transactions on Visualization and Computer Graphics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 11</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1077-2626</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Dynamically Interactive Visualization (DIVI) is a novel approach for orchestrating interactions within and across static visualizations. DIVI deconstructs Scalable Vector Graphics charts at runtime to infer content and coordinate user input, decoupling interaction from specification logic. This decoupling allows interactions to extend and compose freely across different tools, chart types, and analysis goals. DIVI exploits positional relations of marks to detect chart components such as axes and legends, reconstruct scales and view encodings, and infer data fields. DIVI then enumerates candidate transformations across inferred data to perform linking between views. To support dynamic interaction without prior specification, we introduce a taxonomy that formalizes the space of standard interactions by chart element, interaction type, and input event. We demonstrate DIVI's usefulness for rapid data exploration and analysis through a usability study with 13 participants and a diverse gallery of dynamically interactive visualizations, including single chart, multi-view, and cross-tool configurations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1907399</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>